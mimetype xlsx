--- v0 (2025-12-05)
+++ v1 (2026-01-26)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3204" uniqueCount="1193">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3282" uniqueCount="1221">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>2932</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
@@ -3589,50 +3589,134 @@
     <t>Prestação de contas de Verba Indenizatória do mês de novembro de 2025 do vereador Vitor Gabriel</t>
   </si>
   <si>
     <t>8208</t>
   </si>
   <si>
     <t>Prestação de contas de Verba Indenizatória do mês de novembro de 2025 do vereador Geraldo Antônio</t>
   </si>
   <si>
     <t>8217</t>
   </si>
   <si>
     <t>Prestação de contas de Verba Indenizatória referente ao mês de novembro de 2025 da vereadora Luiza Boer</t>
   </si>
   <si>
     <t>8218</t>
   </si>
   <si>
     <t>Prestação de contas de Verba Indenizatória referente ao mês de novembro de 2025 da vereadora Alessandra</t>
   </si>
   <si>
     <t>8219</t>
   </si>
   <si>
     <t>Prestação de contas de Verba Indenizatória referente ao mês de novembro de 2025 do vereador Vanderlei Churrasqueiro</t>
+  </si>
+  <si>
+    <t>8327</t>
+  </si>
+  <si>
+    <t>Prestação de contas de Verba Indenizatória referente ao mês de dezembro de 2025 do vereador Ailton Barbosa</t>
+  </si>
+  <si>
+    <t>8357</t>
+  </si>
+  <si>
+    <t>Prestação de contas de Verba Indenizatória referente ao mês de dezembro de 2025 do vereador Irineu Locatelli</t>
+  </si>
+  <si>
+    <t>8358</t>
+  </si>
+  <si>
+    <t>Prestação de contas de Verba Indenizatória referente ao mês de dezembro de 2025 do vereador Geraldinho</t>
+  </si>
+  <si>
+    <t>8359</t>
+  </si>
+  <si>
+    <t>Prestação de contas de Verba Indenizatória referente ao mês de dezembro de 2025 do vereador Aelcio</t>
+  </si>
+  <si>
+    <t>8360</t>
+  </si>
+  <si>
+    <t>Prestação de contas de Verba Indenizatória referente ao mês de dezembro de 2025 do vereadora Alessandra</t>
+  </si>
+  <si>
+    <t>8361</t>
+  </si>
+  <si>
+    <t>Prestação de contas de Verba Indenizatória referente ao mês de dezembro de 2025 do vereador Tonhão do Rancho</t>
+  </si>
+  <si>
+    <t>8362</t>
+  </si>
+  <si>
+    <t>Prestação de contas de Verba Indenizatória referente ao mês de dezembro de 2025 do vereador Carlito</t>
+  </si>
+  <si>
+    <t>8363</t>
+  </si>
+  <si>
+    <t>Prestação de contas de Verba Indenizatória referente ao mês de dezembro de 2025 do vereador Fabiano</t>
+  </si>
+  <si>
+    <t>8364</t>
+  </si>
+  <si>
+    <t>Prestação de contas de Verba Indenizatória referente ao mês de dezembro de 2025 do vereador Ronicleiton</t>
+  </si>
+  <si>
+    <t>8365</t>
+  </si>
+  <si>
+    <t>Prestação de contas de Verba Indenizatória referente ao mês de dezembro de 2025 do vereador Vanderlei Prestes</t>
+  </si>
+  <si>
+    <t>8366</t>
+  </si>
+  <si>
+    <t>Prestação de contas de Verba Indenizatória referente ao mês de dezembro de 2025 do vereador Vanderlei MOnteiro</t>
+  </si>
+  <si>
+    <t>8373</t>
+  </si>
+  <si>
+    <t>156</t>
+  </si>
+  <si>
+    <t>Prestação de contas de Verba Indenizatória referente ao mês de dezembro de 2025 do vereador Vitor Gabriel</t>
+  </si>
+  <si>
+    <t>8390</t>
+  </si>
+  <si>
+    <t>157</t>
+  </si>
+  <si>
+    <t>Prestação de contas de Verba Indenizatória referente ao mês de dezembro de 2025 da vereadora Juiza</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -3924,51 +4008,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F534"/>
+  <dimension ref="A1:F547"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="27" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="118" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -14615,50 +14699,310 @@
       <c r="E533" t="s">
         <v>10</v>
       </c>
       <c r="F533" t="s">
         <v>1190</v>
       </c>
     </row>
     <row r="534" spans="1:6">
       <c r="A534" t="s">
         <v>1191</v>
       </c>
       <c r="B534" t="s">
         <v>908</v>
       </c>
       <c r="C534" t="s">
         <v>595</v>
       </c>
       <c r="D534" t="s">
         <v>9</v>
       </c>
       <c r="E534" t="s">
         <v>10</v>
       </c>
       <c r="F534" t="s">
         <v>1192</v>
+      </c>
+    </row>
+    <row r="535" spans="1:6">
+      <c r="A535" t="s">
+        <v>1193</v>
+      </c>
+      <c r="B535" t="s">
+        <v>908</v>
+      </c>
+      <c r="C535" t="s">
+        <v>598</v>
+      </c>
+      <c r="D535" t="s">
+        <v>9</v>
+      </c>
+      <c r="E535" t="s">
+        <v>10</v>
+      </c>
+      <c r="F535" t="s">
+        <v>1194</v>
+      </c>
+    </row>
+    <row r="536" spans="1:6">
+      <c r="A536" t="s">
+        <v>1195</v>
+      </c>
+      <c r="B536" t="s">
+        <v>908</v>
+      </c>
+      <c r="C536" t="s">
+        <v>601</v>
+      </c>
+      <c r="D536" t="s">
+        <v>9</v>
+      </c>
+      <c r="E536" t="s">
+        <v>10</v>
+      </c>
+      <c r="F536" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="537" spans="1:6">
+      <c r="A537" t="s">
+        <v>1197</v>
+      </c>
+      <c r="B537" t="s">
+        <v>908</v>
+      </c>
+      <c r="C537" t="s">
+        <v>604</v>
+      </c>
+      <c r="D537" t="s">
+        <v>9</v>
+      </c>
+      <c r="E537" t="s">
+        <v>10</v>
+      </c>
+      <c r="F537" t="s">
+        <v>1198</v>
+      </c>
+    </row>
+    <row r="538" spans="1:6">
+      <c r="A538" t="s">
+        <v>1199</v>
+      </c>
+      <c r="B538" t="s">
+        <v>908</v>
+      </c>
+      <c r="C538" t="s">
+        <v>607</v>
+      </c>
+      <c r="D538" t="s">
+        <v>9</v>
+      </c>
+      <c r="E538" t="s">
+        <v>10</v>
+      </c>
+      <c r="F538" t="s">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="539" spans="1:6">
+      <c r="A539" t="s">
+        <v>1201</v>
+      </c>
+      <c r="B539" t="s">
+        <v>908</v>
+      </c>
+      <c r="C539" t="s">
+        <v>610</v>
+      </c>
+      <c r="D539" t="s">
+        <v>9</v>
+      </c>
+      <c r="E539" t="s">
+        <v>10</v>
+      </c>
+      <c r="F539" t="s">
+        <v>1202</v>
+      </c>
+    </row>
+    <row r="540" spans="1:6">
+      <c r="A540" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B540" t="s">
+        <v>908</v>
+      </c>
+      <c r="C540" t="s">
+        <v>613</v>
+      </c>
+      <c r="D540" t="s">
+        <v>9</v>
+      </c>
+      <c r="E540" t="s">
+        <v>10</v>
+      </c>
+      <c r="F540" t="s">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="541" spans="1:6">
+      <c r="A541" t="s">
+        <v>1205</v>
+      </c>
+      <c r="B541" t="s">
+        <v>908</v>
+      </c>
+      <c r="C541" t="s">
+        <v>616</v>
+      </c>
+      <c r="D541" t="s">
+        <v>9</v>
+      </c>
+      <c r="E541" t="s">
+        <v>10</v>
+      </c>
+      <c r="F541" t="s">
+        <v>1206</v>
+      </c>
+    </row>
+    <row r="542" spans="1:6">
+      <c r="A542" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B542" t="s">
+        <v>908</v>
+      </c>
+      <c r="C542" t="s">
+        <v>619</v>
+      </c>
+      <c r="D542" t="s">
+        <v>9</v>
+      </c>
+      <c r="E542" t="s">
+        <v>10</v>
+      </c>
+      <c r="F542" t="s">
+        <v>1208</v>
+      </c>
+    </row>
+    <row r="543" spans="1:6">
+      <c r="A543" t="s">
+        <v>1209</v>
+      </c>
+      <c r="B543" t="s">
+        <v>908</v>
+      </c>
+      <c r="C543" t="s">
+        <v>622</v>
+      </c>
+      <c r="D543" t="s">
+        <v>9</v>
+      </c>
+      <c r="E543" t="s">
+        <v>10</v>
+      </c>
+      <c r="F543" t="s">
+        <v>1210</v>
+      </c>
+    </row>
+    <row r="544" spans="1:6">
+      <c r="A544" t="s">
+        <v>1211</v>
+      </c>
+      <c r="B544" t="s">
+        <v>908</v>
+      </c>
+      <c r="C544" t="s">
+        <v>625</v>
+      </c>
+      <c r="D544" t="s">
+        <v>9</v>
+      </c>
+      <c r="E544" t="s">
+        <v>10</v>
+      </c>
+      <c r="F544" t="s">
+        <v>1212</v>
+      </c>
+    </row>
+    <row r="545" spans="1:6">
+      <c r="A545" t="s">
+        <v>1213</v>
+      </c>
+      <c r="B545" t="s">
+        <v>908</v>
+      </c>
+      <c r="C545" t="s">
+        <v>628</v>
+      </c>
+      <c r="D545" t="s">
+        <v>9</v>
+      </c>
+      <c r="E545" t="s">
+        <v>10</v>
+      </c>
+      <c r="F545" t="s">
+        <v>1214</v>
+      </c>
+    </row>
+    <row r="546" spans="1:6">
+      <c r="A546" t="s">
+        <v>1215</v>
+      </c>
+      <c r="B546" t="s">
+        <v>908</v>
+      </c>
+      <c r="C546" t="s">
+        <v>1216</v>
+      </c>
+      <c r="D546" t="s">
+        <v>9</v>
+      </c>
+      <c r="E546" t="s">
+        <v>10</v>
+      </c>
+      <c r="F546" t="s">
+        <v>1217</v>
+      </c>
+    </row>
+    <row r="547" spans="1:6">
+      <c r="A547" t="s">
+        <v>1218</v>
+      </c>
+      <c r="B547" t="s">
+        <v>908</v>
+      </c>
+      <c r="C547" t="s">
+        <v>1219</v>
+      </c>
+      <c r="D547" t="s">
+        <v>9</v>
+      </c>
+      <c r="E547" t="s">
+        <v>10</v>
+      </c>
+      <c r="F547" t="s">
+        <v>1220</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>