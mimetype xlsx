--- v1 (2026-01-26)
+++ v2 (2026-03-13)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3282" uniqueCount="1221">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3438" uniqueCount="1274">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>2932</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
@@ -3673,50 +3673,209 @@
     <t>Prestação de contas de Verba Indenizatória referente ao mês de dezembro de 2025 do vereador Vanderlei Prestes</t>
   </si>
   <si>
     <t>8366</t>
   </si>
   <si>
     <t>Prestação de contas de Verba Indenizatória referente ao mês de dezembro de 2025 do vereador Vanderlei MOnteiro</t>
   </si>
   <si>
     <t>8373</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>Prestação de contas de Verba Indenizatória referente ao mês de dezembro de 2025 do vereador Vitor Gabriel</t>
   </si>
   <si>
     <t>8390</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>Prestação de contas de Verba Indenizatória referente ao mês de dezembro de 2025 da vereadora Juiza</t>
+  </si>
+  <si>
+    <t>8486</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>Prestação de contas Verba Indenizatória do vereador Aelcio referente ao mês de janeiro de 2026.</t>
+  </si>
+  <si>
+    <t>8487</t>
+  </si>
+  <si>
+    <t>Prestação de contas Verba Indenizatória do vereador Ailton referente ao mês de janeiro de 2026.</t>
+  </si>
+  <si>
+    <t>8488</t>
+  </si>
+  <si>
+    <t>Prestação de contas Verba Indenizatória do vereador Tonhão do Rancho referente ao mês de janeiro de 2026.</t>
+  </si>
+  <si>
+    <t>8489</t>
+  </si>
+  <si>
+    <t>Prestação de contas Verba Indenizatória do vereador Carlito referente ao mês de janeiro de 2026.</t>
+  </si>
+  <si>
+    <t>8490</t>
+  </si>
+  <si>
+    <t>Prestação de contas Verba Indenizatória do vereador Fabiano referente ao mês de janeiro de 2026.</t>
+  </si>
+  <si>
+    <t>8491</t>
+  </si>
+  <si>
+    <t>Prestação de contas Verba Indenizatória do vereador Geraldo referente ao mês de janeiro de 2026.</t>
+  </si>
+  <si>
+    <t>8492</t>
+  </si>
+  <si>
+    <t>Prestação de contas Verba Indenizatória do vereador Irineu referente ao mês de janeiro de 2026.</t>
+  </si>
+  <si>
+    <t>8493</t>
+  </si>
+  <si>
+    <t>Prestação de contas Verba Indenizatória do vereador Delei referente ao mês de janeiro de 2026.</t>
+  </si>
+  <si>
+    <t>8494</t>
+  </si>
+  <si>
+    <t>Prestação de contas Verba Indenizatória do vereador Vanderlei referente ao mês de janeiro de 2026.</t>
+  </si>
+  <si>
+    <t>8495</t>
+  </si>
+  <si>
+    <t>Prestação de contas Verba Indenizatória do vereador Luiza referente ao mês de janeiro de 2026.</t>
+  </si>
+  <si>
+    <t>8496</t>
+  </si>
+  <si>
+    <t>Prestação de contas Verba Indenizatória do vereador Ronicleiton referente ao mês de janeiro de 2026.</t>
+  </si>
+  <si>
+    <t>8498</t>
+  </si>
+  <si>
+    <t>Prestação de contas Verba Indenizatória do vereador Vitor referente ao mês de janeiro de 2026.</t>
+  </si>
+  <si>
+    <t>8499</t>
+  </si>
+  <si>
+    <t>Prestação de contas Verba Indenizatória do vereadora Alessandra referente ao mês de janeiro de 2026.</t>
+  </si>
+  <si>
+    <t>8695</t>
+  </si>
+  <si>
+    <t>Prestação de contas, Relatório de Verba Indenizatória do vereador Aelcio Moreira de Oliveira referente ao mês de fevereiro de 2026.</t>
+  </si>
+  <si>
+    <t>8696</t>
+  </si>
+  <si>
+    <t>Prestação de contas, Relatório de Verba Indenizatória do vereador Irineu Locatelli referente ao mês de fevereiro de 2026.</t>
+  </si>
+  <si>
+    <t>8697</t>
+  </si>
+  <si>
+    <t>Prestação de contas, Relatório de Verba Indenizatória do vereador Vanderlei Monteiro referente ao mês de fevereiro de 2026.</t>
+  </si>
+  <si>
+    <t>8698</t>
+  </si>
+  <si>
+    <t>Prestação de contas, Relatório de Verba Indenizatória do vereador Antônio José da Silva referente ao mês de fevereiro de 2026.</t>
+  </si>
+  <si>
+    <t>8699</t>
+  </si>
+  <si>
+    <t>Prestação de contas, Relatório de Verba Indenizatória do vereador Geraldo Antônio Ferreira referente ao mês de fevereiro de 2026.</t>
+  </si>
+  <si>
+    <t>8701</t>
+  </si>
+  <si>
+    <t>Prestação de contas, Relatório de Verba Indenizatória do vereador Vanderlei Bernardes Prestes referente ao mês de fevereiro de 2026.</t>
+  </si>
+  <si>
+    <t>8702</t>
+  </si>
+  <si>
+    <t>Prestação de contas, Relatório de Verba Indenizatória do vereador Ronicleiton da Silva Santana referente ao mês de fevereiro de 2026.</t>
+  </si>
+  <si>
+    <t>8703</t>
+  </si>
+  <si>
+    <t>Prestação de contas, Relatório de Verba Indenizatória do vereador Fabiano Aurélio Ribeiro referente ao mês de fevereiro de 2026.</t>
+  </si>
+  <si>
+    <t>8704</t>
+  </si>
+  <si>
+    <t>Prestação de contas, Relatório de Verba Indenizatória da vereadora Alessandra Maldonado referente ao mês de fevereiro de 2026.</t>
+  </si>
+  <si>
+    <t>8705</t>
+  </si>
+  <si>
+    <t>Prestação de contas, Relatório de Verba Indenizatória do vereador Vitor Gabriel referente ao mês de fevereiro de 2026.</t>
+  </si>
+  <si>
+    <t>8706</t>
+  </si>
+  <si>
+    <t>Prestação de contas, Relatório de Verba Indenizatória do vereador Carlito Pereira da Rocha referente ao mês de fevereiro de 2026.</t>
+  </si>
+  <si>
+    <t>8707</t>
+  </si>
+  <si>
+    <t>Prestação de contas, Relatório de Verba Indenizatória do vereador Ailton Barbosa de Oliveira referente ao mês de fevereiro de 2026.</t>
+  </si>
+  <si>
+    <t>8708</t>
+  </si>
+  <si>
+    <t>Prestação de contas, Relatório de Verba Indenizatória da vereadora Luiza Monteiro Boer referente ao mês de fevereiro de 2026.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -4008,61 +4167,61 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F547"/>
+  <dimension ref="A1:F573"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="27" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="118" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="120.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
@@ -14959,50 +15118,570 @@
       <c r="E546" t="s">
         <v>10</v>
       </c>
       <c r="F546" t="s">
         <v>1217</v>
       </c>
     </row>
     <row r="547" spans="1:6">
       <c r="A547" t="s">
         <v>1218</v>
       </c>
       <c r="B547" t="s">
         <v>908</v>
       </c>
       <c r="C547" t="s">
         <v>1219</v>
       </c>
       <c r="D547" t="s">
         <v>9</v>
       </c>
       <c r="E547" t="s">
         <v>10</v>
       </c>
       <c r="F547" t="s">
         <v>1220</v>
+      </c>
+    </row>
+    <row r="548" spans="1:6">
+      <c r="A548" t="s">
+        <v>1221</v>
+      </c>
+      <c r="B548" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C548" t="s">
+        <v>8</v>
+      </c>
+      <c r="D548" t="s">
+        <v>9</v>
+      </c>
+      <c r="E548" t="s">
+        <v>10</v>
+      </c>
+      <c r="F548" t="s">
+        <v>1223</v>
+      </c>
+    </row>
+    <row r="549" spans="1:6">
+      <c r="A549" t="s">
+        <v>1224</v>
+      </c>
+      <c r="B549" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C549" t="s">
+        <v>13</v>
+      </c>
+      <c r="D549" t="s">
+        <v>9</v>
+      </c>
+      <c r="E549" t="s">
+        <v>10</v>
+      </c>
+      <c r="F549" t="s">
+        <v>1225</v>
+      </c>
+    </row>
+    <row r="550" spans="1:6">
+      <c r="A550" t="s">
+        <v>1226</v>
+      </c>
+      <c r="B550" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C550" t="s">
+        <v>16</v>
+      </c>
+      <c r="D550" t="s">
+        <v>9</v>
+      </c>
+      <c r="E550" t="s">
+        <v>10</v>
+      </c>
+      <c r="F550" t="s">
+        <v>1227</v>
+      </c>
+    </row>
+    <row r="551" spans="1:6">
+      <c r="A551" t="s">
+        <v>1228</v>
+      </c>
+      <c r="B551" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C551" t="s">
+        <v>19</v>
+      </c>
+      <c r="D551" t="s">
+        <v>9</v>
+      </c>
+      <c r="E551" t="s">
+        <v>10</v>
+      </c>
+      <c r="F551" t="s">
+        <v>1229</v>
+      </c>
+    </row>
+    <row r="552" spans="1:6">
+      <c r="A552" t="s">
+        <v>1230</v>
+      </c>
+      <c r="B552" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C552" t="s">
+        <v>22</v>
+      </c>
+      <c r="D552" t="s">
+        <v>9</v>
+      </c>
+      <c r="E552" t="s">
+        <v>10</v>
+      </c>
+      <c r="F552" t="s">
+        <v>1231</v>
+      </c>
+    </row>
+    <row r="553" spans="1:6">
+      <c r="A553" t="s">
+        <v>1232</v>
+      </c>
+      <c r="B553" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C553" t="s">
+        <v>25</v>
+      </c>
+      <c r="D553" t="s">
+        <v>9</v>
+      </c>
+      <c r="E553" t="s">
+        <v>10</v>
+      </c>
+      <c r="F553" t="s">
+        <v>1233</v>
+      </c>
+    </row>
+    <row r="554" spans="1:6">
+      <c r="A554" t="s">
+        <v>1234</v>
+      </c>
+      <c r="B554" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C554" t="s">
+        <v>28</v>
+      </c>
+      <c r="D554" t="s">
+        <v>9</v>
+      </c>
+      <c r="E554" t="s">
+        <v>10</v>
+      </c>
+      <c r="F554" t="s">
+        <v>1235</v>
+      </c>
+    </row>
+    <row r="555" spans="1:6">
+      <c r="A555" t="s">
+        <v>1236</v>
+      </c>
+      <c r="B555" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C555" t="s">
+        <v>31</v>
+      </c>
+      <c r="D555" t="s">
+        <v>9</v>
+      </c>
+      <c r="E555" t="s">
+        <v>10</v>
+      </c>
+      <c r="F555" t="s">
+        <v>1237</v>
+      </c>
+    </row>
+    <row r="556" spans="1:6">
+      <c r="A556" t="s">
+        <v>1238</v>
+      </c>
+      <c r="B556" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C556" t="s">
+        <v>34</v>
+      </c>
+      <c r="D556" t="s">
+        <v>9</v>
+      </c>
+      <c r="E556" t="s">
+        <v>10</v>
+      </c>
+      <c r="F556" t="s">
+        <v>1239</v>
+      </c>
+    </row>
+    <row r="557" spans="1:6">
+      <c r="A557" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B557" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C557" t="s">
+        <v>37</v>
+      </c>
+      <c r="D557" t="s">
+        <v>9</v>
+      </c>
+      <c r="E557" t="s">
+        <v>10</v>
+      </c>
+      <c r="F557" t="s">
+        <v>1241</v>
+      </c>
+    </row>
+    <row r="558" spans="1:6">
+      <c r="A558" t="s">
+        <v>1242</v>
+      </c>
+      <c r="B558" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C558" t="s">
+        <v>40</v>
+      </c>
+      <c r="D558" t="s">
+        <v>9</v>
+      </c>
+      <c r="E558" t="s">
+        <v>10</v>
+      </c>
+      <c r="F558" t="s">
+        <v>1243</v>
+      </c>
+    </row>
+    <row r="559" spans="1:6">
+      <c r="A559" t="s">
+        <v>1244</v>
+      </c>
+      <c r="B559" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C559" t="s">
+        <v>43</v>
+      </c>
+      <c r="D559" t="s">
+        <v>9</v>
+      </c>
+      <c r="E559" t="s">
+        <v>10</v>
+      </c>
+      <c r="F559" t="s">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="560" spans="1:6">
+      <c r="A560" t="s">
+        <v>1246</v>
+      </c>
+      <c r="B560" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C560" t="s">
+        <v>46</v>
+      </c>
+      <c r="D560" t="s">
+        <v>9</v>
+      </c>
+      <c r="E560" t="s">
+        <v>10</v>
+      </c>
+      <c r="F560" t="s">
+        <v>1247</v>
+      </c>
+    </row>
+    <row r="561" spans="1:6">
+      <c r="A561" t="s">
+        <v>1248</v>
+      </c>
+      <c r="B561" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C561" t="s">
+        <v>49</v>
+      </c>
+      <c r="D561" t="s">
+        <v>9</v>
+      </c>
+      <c r="E561" t="s">
+        <v>10</v>
+      </c>
+      <c r="F561" t="s">
+        <v>1249</v>
+      </c>
+    </row>
+    <row r="562" spans="1:6">
+      <c r="A562" t="s">
+        <v>1250</v>
+      </c>
+      <c r="B562" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C562" t="s">
+        <v>52</v>
+      </c>
+      <c r="D562" t="s">
+        <v>9</v>
+      </c>
+      <c r="E562" t="s">
+        <v>10</v>
+      </c>
+      <c r="F562" t="s">
+        <v>1251</v>
+      </c>
+    </row>
+    <row r="563" spans="1:6">
+      <c r="A563" t="s">
+        <v>1252</v>
+      </c>
+      <c r="B563" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C563" t="s">
+        <v>55</v>
+      </c>
+      <c r="D563" t="s">
+        <v>9</v>
+      </c>
+      <c r="E563" t="s">
+        <v>10</v>
+      </c>
+      <c r="F563" t="s">
+        <v>1253</v>
+      </c>
+    </row>
+    <row r="564" spans="1:6">
+      <c r="A564" t="s">
+        <v>1254</v>
+      </c>
+      <c r="B564" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C564" t="s">
+        <v>58</v>
+      </c>
+      <c r="D564" t="s">
+        <v>9</v>
+      </c>
+      <c r="E564" t="s">
+        <v>10</v>
+      </c>
+      <c r="F564" t="s">
+        <v>1255</v>
+      </c>
+    </row>
+    <row r="565" spans="1:6">
+      <c r="A565" t="s">
+        <v>1256</v>
+      </c>
+      <c r="B565" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C565" t="s">
+        <v>61</v>
+      </c>
+      <c r="D565" t="s">
+        <v>9</v>
+      </c>
+      <c r="E565" t="s">
+        <v>10</v>
+      </c>
+      <c r="F565" t="s">
+        <v>1257</v>
+      </c>
+    </row>
+    <row r="566" spans="1:6">
+      <c r="A566" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B566" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C566" t="s">
+        <v>64</v>
+      </c>
+      <c r="D566" t="s">
+        <v>9</v>
+      </c>
+      <c r="E566" t="s">
+        <v>10</v>
+      </c>
+      <c r="F566" t="s">
+        <v>1259</v>
+      </c>
+    </row>
+    <row r="567" spans="1:6">
+      <c r="A567" t="s">
+        <v>1260</v>
+      </c>
+      <c r="B567" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C567" t="s">
+        <v>67</v>
+      </c>
+      <c r="D567" t="s">
+        <v>9</v>
+      </c>
+      <c r="E567" t="s">
+        <v>10</v>
+      </c>
+      <c r="F567" t="s">
+        <v>1261</v>
+      </c>
+    </row>
+    <row r="568" spans="1:6">
+      <c r="A568" t="s">
+        <v>1262</v>
+      </c>
+      <c r="B568" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C568" t="s">
+        <v>70</v>
+      </c>
+      <c r="D568" t="s">
+        <v>9</v>
+      </c>
+      <c r="E568" t="s">
+        <v>10</v>
+      </c>
+      <c r="F568" t="s">
+        <v>1263</v>
+      </c>
+    </row>
+    <row r="569" spans="1:6">
+      <c r="A569" t="s">
+        <v>1264</v>
+      </c>
+      <c r="B569" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C569" t="s">
+        <v>73</v>
+      </c>
+      <c r="D569" t="s">
+        <v>9</v>
+      </c>
+      <c r="E569" t="s">
+        <v>10</v>
+      </c>
+      <c r="F569" t="s">
+        <v>1265</v>
+      </c>
+    </row>
+    <row r="570" spans="1:6">
+      <c r="A570" t="s">
+        <v>1266</v>
+      </c>
+      <c r="B570" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C570" t="s">
+        <v>76</v>
+      </c>
+      <c r="D570" t="s">
+        <v>9</v>
+      </c>
+      <c r="E570" t="s">
+        <v>10</v>
+      </c>
+      <c r="F570" t="s">
+        <v>1267</v>
+      </c>
+    </row>
+    <row r="571" spans="1:6">
+      <c r="A571" t="s">
+        <v>1268</v>
+      </c>
+      <c r="B571" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C571" t="s">
+        <v>79</v>
+      </c>
+      <c r="D571" t="s">
+        <v>9</v>
+      </c>
+      <c r="E571" t="s">
+        <v>10</v>
+      </c>
+      <c r="F571" t="s">
+        <v>1269</v>
+      </c>
+    </row>
+    <row r="572" spans="1:6">
+      <c r="A572" t="s">
+        <v>1270</v>
+      </c>
+      <c r="B572" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C572" t="s">
+        <v>82</v>
+      </c>
+      <c r="D572" t="s">
+        <v>9</v>
+      </c>
+      <c r="E572" t="s">
+        <v>10</v>
+      </c>
+      <c r="F572" t="s">
+        <v>1271</v>
+      </c>
+    </row>
+    <row r="573" spans="1:6">
+      <c r="A573" t="s">
+        <v>1272</v>
+      </c>
+      <c r="B573" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C573" t="s">
+        <v>85</v>
+      </c>
+      <c r="D573" t="s">
+        <v>9</v>
+      </c>
+      <c r="E573" t="s">
+        <v>10</v>
+      </c>
+      <c r="F573" t="s">
+        <v>1273</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>