--- v0 (2025-12-05)
+++ v1 (2026-01-26)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5406" uniqueCount="1897">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5502" uniqueCount="1935">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
@@ -8049,72 +8049,219 @@
 Período de 2/12 a 4/12 Agenda em Brasilia:_x000D_
 •	Senado Federal:  Senadores : Jaime Campos e Wellignton Fagundes;_x000D_
 •	Câmara dos Deputados :  agenda com vários deputados,_x000D_
 •	Ministério da Agricultura e Pecuária.</t>
   </si>
   <si>
     <t>8198</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>Requer  liberação de duas diárias e meia para deslocamento urbano, alimentação  e estadia em Cuiabá  no período  de 8 a 10 de dezembro  de 2025 aonde Participara da solenidade de entrega de certificado de reconhecimento de qualidade em transparência pública, a ser realizada pelo Tribunal de Contas do Estado de Mato Grosso, concedida com base na avaliação realizada pelo Programa Nacional de Transparência Pública (PNTP) – de iniciativa pela ATRICON em parceria com os Tribunais de Contas de todo o país.  O evento ocorrerá no dia 10 de dezembro de 2025, a partir das 8h, no Auditório da Escola Superior de Contas – anexo ao TCE/MT. Na ocasião, serão entregues os Selos de Transparência Pública 2025, nas categorias Diamante, Ouro e Prata, reconhecendo os entes públicos que se destacaram pela excelência em transparência.  Cumpre ressaltar o trabalho efetivo do controle interno para atender as demandas e alcançar bom resultado quanto às exigências do programa de transparência, conforme destacado pelo TCE-MT no ofício circular nº 8/2025/GAB-AJ</t>
   </si>
   <si>
     <t>8226</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>Requer liberação de três diárias e meia para deslocamento urbano, alimentação e estadia em Cuiabá MT no período de 2 a5 de dezembro de 2025 aonde ira Participar do curso “Aplicação da Inteligência Artificial no Serviço Público”, a ser realizado pela empresa ATAME/MT nos dias 04 e 05 de dezembro de 2025, no Hotel Paiaguás, em Cuiabá/MT, conforme requerimento de autorização anexo._x000D_
 A viagem antecipada apresenta vantagens como maior eficiência, melhor custo-benefício e melhores resultados tanto para a instituição quanto para o servidor. Dessa forma, permanecerei em regime de teletrabalho (home office), acessível on-line por meio das tecnologias da informação, para atender às demandas imediatas da Câmara Municipal de Juína. Além disso, a antecedência possibilita melhor descanso e recuperação, considerando a longa distância até a capital, e evita atrasos, garantindo minha plena disponibilidade para acompanhar, sem prejuízo, as funções desempenhadas de forma remota.</t>
   </si>
   <si>
+    <t>8277</t>
+  </si>
+  <si>
+    <t>184</t>
+  </si>
+  <si>
+    <t>Requer liberação de duas diarias e meia para deslocamento urbano, alimentação e estadia em Cuiabá MT no período de 8 a 10 de dezembro de 2025 para Participação da solenidade de entrega de certificado de reconhecimento de qualidade em transparência pública, a ser realizada pelo Tribunal de Contas do Estado de Mato Grosso, concedida com base na avaliação realizada pelo Programa Nacional de Transparência Pública (PNTP) – de iniciativa pela ATRICON em parceria com os Tribunais de Contas de todo o país. _x000D_
+O evento ocorrerá no dia 10 de dezembro de 2025, a partir das 8h, no Auditório da Escola Superior de Contas – anexo ao TCE/MT. Na ocasião, serão entregues os Selos de Transparência Pública 2025, nas categorias Diamante, Ouro e Prata, reconhecendo os entes públicos que se destacaram pela excelência em transparência. _x000D_
+_x000D_
+A viagem antecipada apresenta vantagens como maior eficiência, melhor custo-benefício e melhores resultados tanto para a instituição quanto para o servidor. Dessa forma, permanecerei em regime de teletrabalho (home office), acessível on-line por meio das tecnologias da informação, para atender às demandas imediatas da Câmara Municipal de Juína. Além disso, a antecedência considerando a longa distância até a capital, é para evitar atrasos, garantindo minha plena disponibilidade para acompanhar,a agenda do Presidente da Câmara em Cuiabá</t>
+  </si>
+  <si>
     <t>8266</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>Requer liberação de 2 (duas) diárias para deslocamento urbano, alimentação  e estadia em Cuiabá MT no período de 9 a 10 de dezembro de 2025 para Participação da solenidade de entrega de certificado de reconhecimento de qualidade em transparência pública, a ser realizada pelo Tribunal de Contas do Estado de Mato Grosso, concedida com base na avaliação realizada pelo Programa Nacional de Transparência Pública (PNTP) – de iniciativa pela ATRICON em parceria com os Tribunais de Contas de todo o país. _x000D_
 O evento ocorrerá no dia 10 de dezembro de 2025, a partir das 8h, no Auditório da Escola Superior de Contas – anexo ao TCE/MT. Na ocasião, serão entregues os Selos de Transparência Pública 2025, nas categorias Diamante, Ouro e Prata, reconhecendo os entes públicos que se destacaram pela excelência em transparência.</t>
   </si>
   <si>
     <t>8267</t>
   </si>
   <si>
     <t>Requer liberação de 2 (duas) diárias para deslocamento urbano, alimentação e estadia em Cuiabá MT no período de 9 a 10 de dezembro de 2025 para Participação da solenidade de entrega de certificado de reconhecimento de qualidade em transparência pública, a ser realizada pelo Tribunal de Contas do Estado de Mato Grosso, concedida com base na avaliação realizada pelo Programa Nacional de Transparência Pública (PNTP) – de iniciativa pela ATRICON em parceria com os Tribunais de Contas de todo o país. O evento ocorrerá no dia 10 de dezembro de 2025, a partir das 8h, no Auditório da Escola Superior de Contas – anexo ao TCE/MT. Na ocasião, serão entregues os Selos de Transparência Pública 2025, nas categorias Diamante, Ouro e Prata, reconhecendo os entes públicos que se destacaram pela excelência em transparência.</t>
   </si>
   <si>
     <t>8273</t>
   </si>
   <si>
     <t>Requer liberação de 3 (três) diárias para deslocamento urbano, alimentação e estadia em Cuiabá MT no período de 9 a 12/12 aonde para participar da solenidade de entrega de certificado de reconhecimento de qualidade em transparência pública, a ser realizada pelo Tribunal de Contas do Estado de Mato Grosso, concedida com base na avaliação realizada pelo Programa Nacional de Transparência Pública (PNTP) – de iniciativa pela ATRICON em parceria com os Tribunais de Contas de todo o país. _x000D_
 O evento ocorrerá no dia 10 de dezembro de 2025, a partir das 8h, no Auditório da Escola Superior de Contas – anexo ao TCE/MT. Na ocasião, serão entregues os Selos de Transparência Pública 2025, nas categorias Diamante, Ouro e Prata, reconhecendo os entes públicos que se destacaram pela excelência em transparência. _x000D_
 Também cumprirei agenda na Assembleia Legislativa : Deputado Fábio Tardin; Secretaria de Agricultura Familiar e Secretaria de Estado de Educação.</t>
+  </si>
+  <si>
+    <t>8278</t>
+  </si>
+  <si>
+    <t>Requer liberação de duas diárias e meia para deslocamento urbano, alimentação e estadia em Cuiabá MT no período de 8 a 10/12/2025 para cumprir agenda de reuniões: _x000D_
+Dia 09/12 – agenda na Assembleia Legislativa – Deputado Elizeu Nascimento e Juca do Guaraná,_x000D_
+Dia 10/12- Participação da solenidade de entrega de certificado de reconhecimento de qualidade em transparência pública, a ser realizada pelo Tribunal de Contas do Estado de Mato Grosso, concedida com base na avaliação realizada pelo Programa Nacional de Transparência Pública (PNTP) – de iniciativa pela ATRICON em parceria com os Tribunais de Contas de todo o país. _x000D_
+O evento iniciaráas  8h, no Auditório da Escola Superior de Contas – anexo ao TCE/MT. Na ocasião, serão entregues os Selos de Transparência Pública 2025, nas categorias Diamante, Ouro e Prata, reconhecendo os entes públicos que se destacaram pela excelência em transparência.</t>
+  </si>
+  <si>
+    <t>8279</t>
+  </si>
+  <si>
+    <t>Requer liberação de 3 (três) diárias para deslocamento urbano, alimentação e estadia em Cuiabá MT no período de 10 a 17 de dezembro aonde cumprira agenda de reuniões: Dias11 , 12 e 15  de dezembro cumprirei agendas  para reivindicar recursos de demandas da agricultura familiar e da área da saúde._x000D_
+•	Escritório de Apoio Ministro da Agricultura : Carlos Fávaro, protocolar oficio nº 27, solicita destinação de uma retroescavadeira  para Associação Indígena Enawene Nawe comunidade com mais 1.500 indígenas e oficio nº 29 solicitação para destinação de 01  trator agrícola para Associação de Moradores de Fontanillas;_x000D_
+•	CONAB – Companhia Nacional de Abastecimento, reunião com Diretora Executiva : Rosa Neide Sandes Almeida para protocolar oficio nº 28 , solicitação de 1 trator agrícola para Associação de Moradores de Fontanillas ;_x000D_
+•	Assembleia Legislativa – Gabinete Deputado Júlio José de Campos , protocolar oficio nº 30, solicitação de destinação  de emenda  parlamentar para aquisição de 50 bicicletas elétricas para agentes comunitários de  saúde área urbana e  15 motocicleta de baixa cilindrada para agentes de saúde da zona rural _x000D_
+•	Assembleia Legislativa, Deputado Beto Dois a Um, protocolar ofícios nº 31 e 32  também requerendo emenda parlamentar para bicicletas elétricas e motocicleta de baixa cilindrada para agentes de saúde  da zona urbana e rural._x000D_
+•	Dia 16 de dezembro as 9h da manhã, na Avenida Historiador Rubens de Mendonça -Participarei da Visita oficial do Presidente Lula.  Haverá uma cerimônia de  distribuição de mais de 400 máquinas, entre escavadeiras, pás carregadeiras, motoniveladoras e outros equipamentos voltados à melhoria da infraestrutura urbana e rural. está marcada para), e contará com a presença do ministro da Agricultura Carlos Fávaro, do deputado estadual Valdir Barranco e da professora Rosa Neide, ex-deputada federal. A ação, promovida pelo Governo Federal, O objetivo é apoiar os municípios na manutenção de estradas, no atendimento às comunidades do interior e no fortalecimento das políticas de desenvolvimento local.</t>
+  </si>
+  <si>
+    <t>8323</t>
+  </si>
+  <si>
+    <t>requer liberação de 3 diárias para deslocamento urbano, alimentação e estadia em Cuiabá MT no perdido de 15 a 18 de dezembro aonde cumprira agenda: prestigiar evento institucional do Governo Federal, encaminhar demandas de interesso coletivo. • Dia 16 de dezembro as 9h da manhã, na Avenida Historiador Rubens de Mendonça -Participarei da Visita oficial do Presidente Lula. Haverá uma cerimônia de distribuição de mais de 400 máquinas, entre escavadeiras, pás carregadeiras, motoniveladoras e outros equipamentos voltados à melhoria da infraestrutura urbana e rural, contará com a presença do ministro da Agricultura Carlos Fávaro. • Assembleia Legislativa: Reunião com Deputada Janaina Riva e com deputado Dilmar Balbosco e Paulo Araujo. • UCMMAT. • Visita a Casa de Apoio Estrela Dalva – verificar reclamações referente diminuição de prestação de serviços</t>
+  </si>
+  <si>
+    <t>8322</t>
+  </si>
+  <si>
+    <t>191</t>
+  </si>
+  <si>
+    <t>requer liberação de 3 diárias para deslocamento urbano, alimentação e estadia em Cuiabá MT no perdido de 15 a 18 de dezembro aonde cumprira agenda: prestigiar evento institucional do Governo Federal, encaminhar demandas de interesso coletivo._x000D_
+•	Dia 16 de dezembro as 9h da manhã, na Avenida Historiador Rubens de Mendonça -Participarei da Visita oficial do Presidente Lula.  Haverá umacerimônia de  distribuição de mais de 400 máquinas, entre escavadeiras, pás carregadeiras, motoniveladoras e outros equipamentos voltados à melhoria da infraestrutura urbana e rural, contará com a presença do ministro da Agricultura Carlos Fávaro._x000D_
+•	Assembleia Legislativa: Reunião com DeputadaJanaina Riva e com deputado Dilmar Balbosco e Paulo Araujo._x000D_
+•	UCMMAT._x000D_
+•	Visita a Casa de Apoio Estrela Dalva – verificar reclamações referente diminuição de prestação de serviços</t>
+  </si>
+  <si>
+    <t>8309</t>
+  </si>
+  <si>
+    <t>192</t>
+  </si>
+  <si>
+    <t>Requer liberação de três diárias para deslocamento urbano, alimentação e estadia em Cuiabá MT no período de 15 a 18 de dezembro de 2023 aonde cumprira agenda: prestigiar evento institucional do Governo Federal, encaminhar demandas de interesso coletivo._x000D_
+•	Dia 16 de dezembro as 9h da manhã, na Avenida Historiador Rubens de Mendonça -Participarei da Visita oficial do Presidente Lula.  Haverá umacerimônia de  distribuição de mais de 400 máquinas, entre escavadeiras, pás carregadeiras, motoniveladoras e outros equipamentos voltados à melhoria da infraestrutura urbana e rural, contará com a presença do ministro da Agricultura Carlos Fávaro._x000D_
+•	Assembleia Legislativa: Reunião com DeputadaJanaina Riva  e com Deputados  Dilmar Dal Bosco e Paulo Araujo_x000D_
+•	Visita a Casa de Apoio Estrela Dalva – verificar atendimentos</t>
+  </si>
+  <si>
+    <t>8310</t>
+  </si>
+  <si>
+    <t>193</t>
+  </si>
+  <si>
+    <t>Requer liberação de três diárias para deslocamento urbano, alimentação e estadia em Cuiabá MT no período de 15 a 18 de dezembro de 2025 aonde ira prestigiar evento institucional do Governo Federal, encaminhar demandas de interesso coletivo._x000D_
+•	Dia 16 de dezembro as 9h da manhã, na Avenida Historiador Rubens de Mendonça -Participarei da Visita oficial do Presidente Lula.  Haverá umacerimônia de  distribuição de mais de 400 máquinas, entre escavadeiras, pás carregadeiras, motoniveladoras e outros equipamentos voltados à melhoria da infraestrutura urbana e rural, contará com a presença do ministro da Agricultura Carlos Fávaro._x000D_
+•	Assembleia Legislativa: Reunião com DeputadaJanaina Riva ;_x000D_
+•	UCMMAT;_x000D_
+•	Visita a Casa de Apoio Estrela Dalva – verificar reclamações referente diminuição deprestação de serviços.</t>
+  </si>
+  <si>
+    <t>8324</t>
+  </si>
+  <si>
+    <t>194</t>
+  </si>
+  <si>
+    <t>requer liberação de 3 diárias para deslocamento urbano, alimentação e estadia em Cuiabá MT no perdido de 15 a 18 de dezembro prestigiar evento institucional do Governo Federal, encaminhar demandas de interesso coletivo._x000D_
+•	Dia 16 de dezembro as 9h da manhã, na Avenida Historiador Rubens de Mendonça -Participarei da Visita oficial do Presidente Lula.  Haverá umacerimônia de  distribuição de mais de 400 máquinas, entre escavadeiras, pás carregadeiras, motoniveladoras e outros equipamentos voltados à melhoria da infraestrutura urbana e rural, contará com a presença do ministro da Agricultura Carlos Fávaro._x000D_
+•	Assembleia Legislativa visita vários deputados._x000D_
+Observação iriei de carona com Secretário de Planejamento</t>
+  </si>
+  <si>
+    <t>8325</t>
+  </si>
+  <si>
+    <t>195</t>
+  </si>
+  <si>
+    <t>Requer liberação de 3 diarias para deslocamento urbano, alimentação e estadia em Cuiabá MT no período de 15 de dezembro a 18 de dezembro de 2025 aonde cumprira agenda: Dia 16/12 – Partcipareido evento do Governo Federal, Presidente Lula e Ministro da Agricultura, estão em Cuiabá para entregar 400 maquinários para agricultura e infraestrutura dos 142 municipios de Mato Grosso_x000D_
+Dias 17 e 18/ 12– cumprirei agenda no INTERMAT, no Campus da UNEMAT e Secretaria de Agricultura Familiar</t>
+  </si>
+  <si>
+    <t>8430</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>Requer liberação de 3 diárias para deslocamento urbano, alimentação e estadia em Cuiabá MT no período de 25 a 28 de janeiro de 2025 aonde ira participar do Curso de Capacitação intitulado "1° Seminário de Contabilidade Publica" a ser realizado pelo Grupo ATAME nos dias 27 e 28 de janeiro de 2025.</t>
+  </si>
+  <si>
+    <t>8446</t>
+  </si>
+  <si>
+    <t>8452</t>
+  </si>
+  <si>
+    <t>Requer liberação de três diárias para deslocamento urbano, alimentação e estadia em Cuiabá, MT nos dias 11 a 13 de fevereiro de 2026 aonde ira participar do curso de capacitação técnica especializada na área de Ouvidoria, conforme requerimento já autorizado.</t>
+  </si>
+  <si>
+    <t>8457</t>
+  </si>
+  <si>
+    <t>Requeiro liberação de três diárias para deslocamento urbano, alimentação e estadia em Cuiabá, nos dias 21 a 23 de janeiro de 2026, período que cumprirei agenda de interesse do município  nas seguintes instituições públicas:_x000D_
+•	Assembleia Legislativa – Gabinete Fabio Tardin;_x000D_
+•	Secretaria de Estado de Agricultura Familiar verificar liberação de maquinário emenda parlamentar Deputado Federal Cel. Assis;_x000D_
+•	Escritório de Apoio Deputado Federal, Cel Assis</t>
+  </si>
+  <si>
+    <t>8466</t>
+  </si>
+  <si>
+    <t>Requer liberação de 3 diarias para deslocamento urbano, alimentação e estadia em Cuiaba MT no período de 07 a 10 de fevereiro de 2025 aonde ira participar do curso de capacitação técnica especializada para Pregoeiro e Agente de Contratação, promovida pela Empresa Capaccitar, instituição de reconhecida expertise na capacitação de organizações públicas, e ocorrerá nos dias 9 a 10 de fevereiro de 2026, na cidade de Cuiabá/MT.</t>
+  </si>
+  <si>
+    <t>8463</t>
+  </si>
+  <si>
+    <t>Requer liberação de duas diárias e meia para deslocamento urbano, alimentação e estadia em Cuiabá para cumprir agenda de interesse público nos dias19 e 20 de janeiro  ( segunda e terça-feira)_x000D_
+•	Dia19/1 -Assembleia Legislativa : Gabinete Deputado Gilberto Cattani;_x000D_
+•	Escritório de Apoio Senador Wellington Fagundes e_x000D_
+•	Associação Mato-grossense dos Municipios – setor de projetos, tratar sobre projeto de adequaçãodo imóvel onde será instalado Centro de Atendimento a mulheres vitimas de violência._x000D_
+Observação: nãoutilizarei passagens</t>
+  </si>
+  <si>
+    <t>8479</t>
+  </si>
+  <si>
+    <t>Requer liberação de três diárias para deslocamento urbano, alimentação e estadia em Cuiabá MT no período de 31 de janeiro a 03 de fevereiro de 2026 aonde ira participar do curso de capacitação "Contratação direta na pratica" promovido pela empresa Capaccitar.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -8406,51 +8553,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F901"/>
+  <dimension ref="A1:F917"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -26407,80 +26554,400 @@
       </c>
       <c r="B899" t="s">
         <v>1480</v>
       </c>
       <c r="C899" t="s">
         <v>1891</v>
       </c>
       <c r="D899" t="s">
         <v>9</v>
       </c>
       <c r="E899" t="s">
         <v>10</v>
       </c>
       <c r="F899" t="s">
         <v>1892</v>
       </c>
     </row>
     <row r="900" spans="1:6">
       <c r="A900" t="s">
         <v>1893</v>
       </c>
       <c r="B900" t="s">
         <v>1480</v>
       </c>
       <c r="C900" t="s">
-        <v>6</v>
+        <v>1894</v>
       </c>
       <c r="D900" t="s">
         <v>9</v>
       </c>
       <c r="E900" t="s">
         <v>10</v>
       </c>
       <c r="F900" t="s">
-        <v>1894</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="901" spans="1:6">
       <c r="A901" t="s">
-        <v>1895</v>
+        <v>1896</v>
       </c>
       <c r="B901" t="s">
         <v>1480</v>
       </c>
       <c r="C901" t="s">
+        <v>6</v>
+      </c>
+      <c r="D901" t="s">
+        <v>9</v>
+      </c>
+      <c r="E901" t="s">
+        <v>10</v>
+      </c>
+      <c r="F901" t="s">
+        <v>1897</v>
+      </c>
+    </row>
+    <row r="902" spans="1:6">
+      <c r="A902" t="s">
+        <v>1898</v>
+      </c>
+      <c r="B902" t="s">
+        <v>1480</v>
+      </c>
+      <c r="C902" t="s">
         <v>12</v>
       </c>
-      <c r="D901" t="s">
-[...6 lines deleted...]
-        <v>1896</v>
+      <c r="D902" t="s">
+        <v>9</v>
+      </c>
+      <c r="E902" t="s">
+        <v>10</v>
+      </c>
+      <c r="F902" t="s">
+        <v>1899</v>
+      </c>
+    </row>
+    <row r="903" spans="1:6">
+      <c r="A903" t="s">
+        <v>1900</v>
+      </c>
+      <c r="B903" t="s">
+        <v>1480</v>
+      </c>
+      <c r="C903" t="s">
+        <v>15</v>
+      </c>
+      <c r="D903" t="s">
+        <v>9</v>
+      </c>
+      <c r="E903" t="s">
+        <v>10</v>
+      </c>
+      <c r="F903" t="s">
+        <v>1901</v>
+      </c>
+    </row>
+    <row r="904" spans="1:6">
+      <c r="A904" t="s">
+        <v>1902</v>
+      </c>
+      <c r="B904" t="s">
+        <v>1480</v>
+      </c>
+      <c r="C904" t="s">
+        <v>18</v>
+      </c>
+      <c r="D904" t="s">
+        <v>9</v>
+      </c>
+      <c r="E904" t="s">
+        <v>10</v>
+      </c>
+      <c r="F904" t="s">
+        <v>1903</v>
+      </c>
+    </row>
+    <row r="905" spans="1:6">
+      <c r="A905" t="s">
+        <v>1904</v>
+      </c>
+      <c r="B905" t="s">
+        <v>1480</v>
+      </c>
+      <c r="C905" t="s">
+        <v>21</v>
+      </c>
+      <c r="D905" t="s">
+        <v>9</v>
+      </c>
+      <c r="E905" t="s">
+        <v>10</v>
+      </c>
+      <c r="F905" t="s">
+        <v>1905</v>
+      </c>
+    </row>
+    <row r="906" spans="1:6">
+      <c r="A906" t="s">
+        <v>1906</v>
+      </c>
+      <c r="B906" t="s">
+        <v>1480</v>
+      </c>
+      <c r="C906" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D906" t="s">
+        <v>9</v>
+      </c>
+      <c r="E906" t="s">
+        <v>10</v>
+      </c>
+      <c r="F906" t="s">
+        <v>1908</v>
+      </c>
+    </row>
+    <row r="907" spans="1:6">
+      <c r="A907" t="s">
+        <v>1909</v>
+      </c>
+      <c r="B907" t="s">
+        <v>1480</v>
+      </c>
+      <c r="C907" t="s">
+        <v>1910</v>
+      </c>
+      <c r="D907" t="s">
+        <v>9</v>
+      </c>
+      <c r="E907" t="s">
+        <v>10</v>
+      </c>
+      <c r="F907" t="s">
+        <v>1911</v>
+      </c>
+    </row>
+    <row r="908" spans="1:6">
+      <c r="A908" t="s">
+        <v>1912</v>
+      </c>
+      <c r="B908" t="s">
+        <v>1480</v>
+      </c>
+      <c r="C908" t="s">
+        <v>1913</v>
+      </c>
+      <c r="D908" t="s">
+        <v>9</v>
+      </c>
+      <c r="E908" t="s">
+        <v>10</v>
+      </c>
+      <c r="F908" t="s">
+        <v>1914</v>
+      </c>
+    </row>
+    <row r="909" spans="1:6">
+      <c r="A909" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B909" t="s">
+        <v>1480</v>
+      </c>
+      <c r="C909" t="s">
+        <v>1916</v>
+      </c>
+      <c r="D909" t="s">
+        <v>9</v>
+      </c>
+      <c r="E909" t="s">
+        <v>10</v>
+      </c>
+      <c r="F909" t="s">
+        <v>1917</v>
+      </c>
+    </row>
+    <row r="910" spans="1:6">
+      <c r="A910" t="s">
+        <v>1918</v>
+      </c>
+      <c r="B910" t="s">
+        <v>1480</v>
+      </c>
+      <c r="C910" t="s">
+        <v>1919</v>
+      </c>
+      <c r="D910" t="s">
+        <v>9</v>
+      </c>
+      <c r="E910" t="s">
+        <v>10</v>
+      </c>
+      <c r="F910" t="s">
+        <v>1920</v>
+      </c>
+    </row>
+    <row r="911" spans="1:6">
+      <c r="A911" t="s">
+        <v>1921</v>
+      </c>
+      <c r="B911" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C911" t="s">
+        <v>8</v>
+      </c>
+      <c r="D911" t="s">
+        <v>9</v>
+      </c>
+      <c r="E911" t="s">
+        <v>10</v>
+      </c>
+      <c r="F911" t="s">
+        <v>1923</v>
+      </c>
+    </row>
+    <row r="912" spans="1:6">
+      <c r="A912" t="s">
+        <v>1924</v>
+      </c>
+      <c r="B912" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C912" t="s">
+        <v>13</v>
+      </c>
+      <c r="D912" t="s">
+        <v>9</v>
+      </c>
+      <c r="E912" t="s">
+        <v>10</v>
+      </c>
+      <c r="F912" t="s">
+        <v>1923</v>
+      </c>
+    </row>
+    <row r="913" spans="1:6">
+      <c r="A913" t="s">
+        <v>1925</v>
+      </c>
+      <c r="B913" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C913" t="s">
+        <v>16</v>
+      </c>
+      <c r="D913" t="s">
+        <v>9</v>
+      </c>
+      <c r="E913" t="s">
+        <v>10</v>
+      </c>
+      <c r="F913" t="s">
+        <v>1926</v>
+      </c>
+    </row>
+    <row r="914" spans="1:6">
+      <c r="A914" t="s">
+        <v>1927</v>
+      </c>
+      <c r="B914" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C914" t="s">
+        <v>19</v>
+      </c>
+      <c r="D914" t="s">
+        <v>9</v>
+      </c>
+      <c r="E914" t="s">
+        <v>10</v>
+      </c>
+      <c r="F914" t="s">
+        <v>1928</v>
+      </c>
+    </row>
+    <row r="915" spans="1:6">
+      <c r="A915" t="s">
+        <v>1929</v>
+      </c>
+      <c r="B915" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C915" t="s">
+        <v>22</v>
+      </c>
+      <c r="D915" t="s">
+        <v>9</v>
+      </c>
+      <c r="E915" t="s">
+        <v>10</v>
+      </c>
+      <c r="F915" t="s">
+        <v>1930</v>
+      </c>
+    </row>
+    <row r="916" spans="1:6">
+      <c r="A916" t="s">
+        <v>1931</v>
+      </c>
+      <c r="B916" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C916" t="s">
+        <v>25</v>
+      </c>
+      <c r="D916" t="s">
+        <v>9</v>
+      </c>
+      <c r="E916" t="s">
+        <v>10</v>
+      </c>
+      <c r="F916" t="s">
+        <v>1932</v>
+      </c>
+    </row>
+    <row r="917" spans="1:6">
+      <c r="A917" t="s">
+        <v>1933</v>
+      </c>
+      <c r="B917" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C917" t="s">
+        <v>28</v>
+      </c>
+      <c r="D917" t="s">
+        <v>9</v>
+      </c>
+      <c r="E917" t="s">
+        <v>10</v>
+      </c>
+      <c r="F917" t="s">
+        <v>1934</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>