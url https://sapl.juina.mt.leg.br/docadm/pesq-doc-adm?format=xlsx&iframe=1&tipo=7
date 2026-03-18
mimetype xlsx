--- v1 (2026-01-26)
+++ v2 (2026-03-18)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5502" uniqueCount="1935">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5742" uniqueCount="2014">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
@@ -8186,82 +8186,421 @@
     <t>8325</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>Requer liberação de 3 diarias para deslocamento urbano, alimentação e estadia em Cuiabá MT no período de 15 de dezembro a 18 de dezembro de 2025 aonde cumprira agenda: Dia 16/12 – Partcipareido evento do Governo Federal, Presidente Lula e Ministro da Agricultura, estão em Cuiabá para entregar 400 maquinários para agricultura e infraestrutura dos 142 municipios de Mato Grosso_x000D_
 Dias 17 e 18/ 12– cumprirei agenda no INTERMAT, no Campus da UNEMAT e Secretaria de Agricultura Familiar</t>
   </si>
   <si>
     <t>8430</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>Requer liberação de 3 diárias para deslocamento urbano, alimentação e estadia em Cuiabá MT no período de 25 a 28 de janeiro de 2025 aonde ira participar do Curso de Capacitação intitulado "1° Seminário de Contabilidade Publica" a ser realizado pelo Grupo ATAME nos dias 27 e 28 de janeiro de 2025.</t>
   </si>
   <si>
     <t>8446</t>
   </si>
   <si>
     <t>8452</t>
   </si>
   <si>
-    <t>Requer liberação de três diárias para deslocamento urbano, alimentação e estadia em Cuiabá, MT nos dias 11 a 13 de fevereiro de 2026 aonde ira participar do curso de capacitação técnica especializada na área de Ouvidoria, conforme requerimento já autorizado.</t>
+    <t>Requer liberação de três diárias (3) para deslocamento urbano, alimentação e estadia em Cuiabá, MT nos dias 10 a 13 de fevereiro de 2026 aonde ira participar do curso de capacitação técnica especializada na área de Ouvidoria, conforme requerimento já autorizado.</t>
   </si>
   <si>
     <t>8457</t>
   </si>
   <si>
     <t>Requeiro liberação de três diárias para deslocamento urbano, alimentação e estadia em Cuiabá, nos dias 21 a 23 de janeiro de 2026, período que cumprirei agenda de interesse do município  nas seguintes instituições públicas:_x000D_
 •	Assembleia Legislativa – Gabinete Fabio Tardin;_x000D_
 •	Secretaria de Estado de Agricultura Familiar verificar liberação de maquinário emenda parlamentar Deputado Federal Cel. Assis;_x000D_
 •	Escritório de Apoio Deputado Federal, Cel Assis</t>
   </si>
   <si>
     <t>8466</t>
   </si>
   <si>
     <t>Requer liberação de 3 diarias para deslocamento urbano, alimentação e estadia em Cuiaba MT no período de 07 a 10 de fevereiro de 2025 aonde ira participar do curso de capacitação técnica especializada para Pregoeiro e Agente de Contratação, promovida pela Empresa Capaccitar, instituição de reconhecida expertise na capacitação de organizações públicas, e ocorrerá nos dias 9 a 10 de fevereiro de 2026, na cidade de Cuiabá/MT.</t>
   </si>
   <si>
     <t>8463</t>
   </si>
   <si>
     <t>Requer liberação de duas diárias e meia para deslocamento urbano, alimentação e estadia em Cuiabá para cumprir agenda de interesse público nos dias19 e 20 de janeiro  ( segunda e terça-feira)_x000D_
 •	Dia19/1 -Assembleia Legislativa : Gabinete Deputado Gilberto Cattani;_x000D_
 •	Escritório de Apoio Senador Wellington Fagundes e_x000D_
 •	Associação Mato-grossense dos Municipios – setor de projetos, tratar sobre projeto de adequaçãodo imóvel onde será instalado Centro de Atendimento a mulheres vitimas de violência._x000D_
 Observação: nãoutilizarei passagens</t>
   </si>
   <si>
     <t>8479</t>
   </si>
   <si>
     <t>Requer liberação de três diárias para deslocamento urbano, alimentação e estadia em Cuiabá MT no período de 31 de janeiro a 03 de fevereiro de 2026 aonde ira participar do curso de capacitação "Contratação direta na pratica" promovido pela empresa Capaccitar.</t>
+  </si>
+  <si>
+    <t>8508</t>
+  </si>
+  <si>
+    <t>Requer liberação de três diárias para deslocamento urbano, alimentação e estadia em Cuiabá MT no período de 02 a 07 de fevereiro de 2026 aonde cumprira agenda de interesse público conforme segue:_x000D_
+•	Reunião com o Presidente do Sindicato dos Agentes Comunitários de Saúde e Agente de Combate a Endemias – Discussão Jurídica da Implantação do Decreto Municipal; _x000D_
+•	Participar de Evento no dia 04/02da 9 às 18horas.sobre a para atualizar a questão do novo Fundeb, Demanda da Implantação da Lei Federal sobre o enquadramento dos Professores da Educação Infantil; _x000D_
+•	Protocolar indicação nº 03 de minha autoria junto ao Deputado Estadual Júlio José de Campos, destinação de recursos, emenda parlamentar, para a aquisição de seis climatizadores evaporativos industriais de parede, modelo MB40, finalidade conforto térmico Ginásio Municipal de Esportes;_x000D_
+•	Protocolar indicação nº 04 junto ao Deputado Estadual Ludio Cabral aquisição de seis climatizadores  evaporativos industriais de parede, modelo MB40 para Feira Municipal;_x000D_
+•	Protocolar indicações nº 05 , 08  e  9 no escritório de apoio do  Ministro Agricultura Carlos Favaro solicitação de retroescavadeira, destinada a atender às demandas da Comunidade Indígena Enawene Nawe, calcário para produtores rurais e aquisição de duas ambulâncias uma destinada ao atendimento de pacientes em tratamento de hemodiálise e outra ao Serviço de Atendimento Móvel de Urgência (SAMU);_x000D_
+•	Protocolar indicação nº 07 no  escritório de apoio do Deputado Federal Emanuelzinho Pinheiro destinação de emenda parlamentar para a aquisição de uma tonelada de calcário agrícola, destinada ao atendimento da demanda dos pequenos produtores da agricultura familiar.</t>
+  </si>
+  <si>
+    <t>8520</t>
+  </si>
+  <si>
+    <t>Requer liberação de 3 diárias para deslocamento urbano, alimentação e estadia em Cuiabá MT no período de 03 a 6 de fevereiro de 2026 aonde cumprira a seguinte agenda:_x000D_
+•	Cumprir agenda de interessecoletivo da cidade de Juína:_x000D_
+•	Assembleia Legislativa : Deputado Estadual Dr. João – solicitar destinação  emenda parlamentar  para custeio da saúde    valor de R$ 300.000,00;_x000D_
+•	Agenda com deputada Janaina Riva :  solicitar destinação de emenda parlamentar para custeio da saúde ( Atenção Básica);_x000D_
+•	Secretaria de Estado de Agricultura Familiar – tratar sobre destinação de equipamentos e emplementos agricolas para fortalecimento da agricultura familiar;_x000D_
+•	INTERMAT -regularização fundiária do Bairro Padre Duílio  , verificar encaminhamentos da ação que foi realizada em Juína, com juntada de documento para emissão de titulo.</t>
+  </si>
+  <si>
+    <t>8522</t>
+  </si>
+  <si>
+    <t>Requer liberação de três diárias para deslocamento urbano, alimentação e estadia em Cuiabá MT no período de 03 a 06 de fevereiro de 2026 aonde cumprira agenda de reuniões/; _x000D_
+•	Assembleia Legislativa agenda com deputado Elizeu Nascimento , ,Deputado  Juca Guaraná ( reivindicar destinação de emendas   para fomento de esportes, _x000D_
+•	Casa Cívil, tratar sobre questões de regularização fundiária do Assentamento Vale do Juinão ( fazenda Taciana)_x000D_
+•	Secretária deestado da agricultura familiar - sobre maquinários ( trator e equipamentos agricolas)_x000D_
+•	Escritório de Apoio do Deputado Federal Cel Assis – reivindicar destinação de recursos para Associação Pestalozzi e tratores para associações rurais</t>
+  </si>
+  <si>
+    <t>8523</t>
+  </si>
+  <si>
+    <t>Requer liberação de três diárias para deslocamento urbano, alimentação e estadia em Cuiabá, MT nos dias 4 a 6 de fevereiro de 2026 aonde ira participar de capacitação técnica na area e-SOCIAL.</t>
+  </si>
+  <si>
+    <t>8524</t>
+  </si>
+  <si>
+    <t>Requer liberação de três diárias para deslocamento urbano, alimentação e estadia em Cuiabá, MT nos dias 4 a 6 de fevereiro de 2026 aonde ira participar do curso de capacitação técnica especializada na área de Notas Fiscais – Reforma Tributária, conforme requerimento já autorizado.</t>
+  </si>
+  <si>
+    <t>8544</t>
+  </si>
+  <si>
+    <t>Requer liberação de três diárias para deslocamento urbano, alimentação e estadia em Cuiabá MT no período de 3 a 6 de fevereiro de 2026 aonde cumprira agenda de reuniões:_x000D_
+1.	Na Assembleia Legislativa ; Gabinete Deputado Fabio Tardin - sobre destinação de fardamento para Programa Mais que Atleta, sobre articulação junto a SEAF para liberação de equipamento agricola ( trator) , juntada de documentação._x000D_
+2.	Na Assembleia Legislativa, visita TV Assembleia, e junto aos assessores Deputada Janaina Riva ( Maria Hlenka e Jaime Neto, tratar sobre orientações Programa Brasil Digital ( Rede Legislativa de Rádio e TV Digital - sobre Torre de transmissao, logistiva _x000D_
+3.	Na Secretaria de Estado de Agricultura Familiar (SEAF) e na Empresa Mato-grossense de Pesquisa, Assistência e Extensão Rural (Empaer) verificar encaminhamentos e juntada de documentação para liberação de maquinário agricola para Associação de Produtores Rurais, urgência em cumprir prazos legais, para formalização da destinação. _x000D_
+4.	Na União das Câmaras Municipais de Mato Grosso ( UCMMAT) tratar com Presidente Kassio Coelho sobre encaminhamentos renovação termo de filiação e cooperação técnica .</t>
+  </si>
+  <si>
+    <t>8559</t>
+  </si>
+  <si>
+    <t>Requer liberação de 3 (três) diárias para deslocamento urbano, alimentação e estadia em Cuiabá MT no período de 08 a 11 de fevereiro de 2026 aonde cumprira agenda: _x000D_
+No período 09 a 11/02  cumprirei  agenda de interesse  da coletividade, tratar de demandas da cidade de Juína, acompanhado do Secretário Interino de Infraestrutura .:_x000D_
+•	Escritório de Apoio Senador Jayme Campos_x000D_
+•	Assembleia Legislativa de Mato Grosso_x000D_
+•	Associação Mato-grossense dos Municípios_x000D_
+•	INTERMAT</t>
+  </si>
+  <si>
+    <t>8556</t>
+  </si>
+  <si>
+    <t>Requer liberação de tres (3) diárias para deslocamento urbano, alimentação e estadia em Cuiabá MT no periodo de 8 a10 de fevereiro de 2026 aonde participara  curso “PREGOEIRO E AGENTE DE CONTRAÇÃO NA PRÁTICA COM APOIO DA IA.”, a ser realizado pela empresa Vanessa Carli Treinamentos Ltda, nos dias 09 e 10 de fevereiro de 2026, em Cuiabá”, conforme requerimento de autorização anexo.</t>
+  </si>
+  <si>
+    <t>8562</t>
+  </si>
+  <si>
+    <t>Requer liberaçao de diarias da seguinte forma: _x000D_
+QUANTIDADE DE DIÁRIAS NECESSÁRIAS:_x000D_
+3 (tres) diarias para Cuiabá (Dentro do Estado dias: 26 a 28/02/2026)_x000D_
+6 (seis) diarias para Brasilia/DF (Fora do Estado dias: 1 a 6/3/2026)_x000D_
+No período 26 e 27 de fevereiro de 2026, participarei do Curso Poder Legislativo em Ação com apoio de IA. Capcitação, ministrada pelo Professor Milton  Mendes Botelho e  promovida pela empresa Capaccitar _x000D_
+No período 3 a 6 de março de 2026, participarei do Encontro Nacional do Poder Legislativo Municipal, promovido pela empresa, Valeriote Cursos, Consultoria, Gestão e Empreendimentos Ltda, a realizar-se  no auditório do San Marco Hotel, SHS Q. 05 Bloco C, Setor Hoteleiro Sul Asa Sul  Brasília /DF em, com carga horária total de 16 (dezesseis ) horas/aula presenciais, conforme programação anexa.</t>
+  </si>
+  <si>
+    <t>8563</t>
+  </si>
+  <si>
+    <t>Requer liberação de diárias da seguinte forma: QUANTIDADE DE DIÁRIAS NECESSÁRIAS: 3 (três) diárias para Cuiabá (Dentro do Estado dias: 26 a 28/02/2026) 6 (seis) diárias para Brasília/DF (Fora do Estado dias: 1 a 6/3/2026) No período 26 e 27 de fevereiro de 2026, participarei do Curso Poder Legislativo em Ação com apoio de IA. Capacitação, ministrada pelo Professor Milton Mendes Botelho e promovida pela empresa Capaccitar No período 3 a 6 de março de 2026, participarei do Encontro Nacional do Poder Legislativo Municipal, promovido pela empresa, Valeriote Cursos, Consultoria, Gestão e Empreendimentos Ltda, a realizar-se no auditório do San Marco Hotel, SHS Q. 05 Bloco C, Setor Hoteleiro Sul Asa Sul Brasília /DF em, com carga horária total de 16 (dezesseis ) horas/aula presenciais, conforme programação anexa.</t>
+  </si>
+  <si>
+    <t>8564</t>
+  </si>
+  <si>
+    <t>Requer liberação de diárias da seguinte forma:_x000D_
+QUANTIDADE DE DIÁRIAS NECESSÁRIAS:_x000D_
+3 (três) diárias para Cuiabá (Dentro do Estado dias: 26 a 28/02/2026)_x000D_
+6 (seis) diárias para Brasília/DF (Fora do Estado dias: 1 a 6/3/2026)_x000D_
+No período 26 e 27 de fevereiro de 2026, participarei do Curso Poder Legislativo em Ação com apoio de IA. Capcitação, ministrada pelo Professor Milton Mendes Botelho e promovida pela empresa Capaccitar_x000D_
+No período 3 a 6 de março de 2026, participarei do Encontro Nacional do Poder Legislativo Municipal, promovido pela empresa, Valeriote Cursos, Consultoria, Gestão e Empreendimentos Ltda, a realizar-se no auditório do San Marco Hotel, SHS Q. 05 Bloco C, Setor Hoteleiro Sul Asa Sul Brasília /DF em, com carga horária total de 16 (dezesseis ) horas/aula presenciais, conforme programação anexa.</t>
+  </si>
+  <si>
+    <t>8560</t>
+  </si>
+  <si>
+    <t>Requer liberação de 6 (seis) diárias para deslocamento urbano, alimentação e estadia em Brasilia DF aonde no período 03 a 06 de março de 2026, participarei do Encontro Nacional do Poder Legislativo Municipal, promovido pela empresa, Valeriote Cursos, Consultoria, Gestão e Empreendimentos Ltda, a realizar-se  no auditório do_x000D_
+San Marco Hotel ,  SHS Q. 05 Bloco C, Setor Hoteleiro Sul Asa Sul  Brasília /DF em, com carga horária total de 16 (dezesseis ) horas/aula presenciais, conforme programação anexa._x000D_
+Período da Tarde : cumprirei agenda com deputados e senadores .</t>
+  </si>
+  <si>
+    <t>8570</t>
+  </si>
+  <si>
+    <t>Requer liberação de 9 diárias: 3 (três) diárias para Cuiabá (Dentro do Estado dias: 26 a 28/02/2026) 6 (seis) diárias para Brasília/DF (Fora do Estado dias: 1 a 6/3/2026) No período 26 e 27 de fevereiro de 2026, participarei do Curso Poder Legislativo em Ação com apoio de IA. Capcitação, ministrada pelo Professor Milton Mendes Botelho e promovida pela empresa Capaccitar No período 3 a 6 de março de 2026, participarei do Encontro Nacional do Poder Legislativo Municipal, promovido pela empresa, Valeriote Cursos, Consultoria, Gestão e Empreendimentos Ltda, a realizar-se no auditório do San Marco Hotel, SHS Q. 05 Bloco C, Setor Hoteleiro Sul Asa Sul Brasília /DF em, com carga horária total de 16 (dezesseis ) horas/aula presenciais, conforme programação anexa.</t>
+  </si>
+  <si>
+    <t>8571</t>
+  </si>
+  <si>
+    <t>Requer liberação de 3 diárias  para deslocamento urbano, alimentação e estadia em Cuiabá MT no período de 9 a 12 de fevereiro/2026 aonde cumprirá a seguinte agenda: No período 10/02a 12/02  cumprirei  agenda de interesse  da coletividade, tratar de demandas da cidade de Juina, acompanhado do Secretário Interino de Infraestrutura .:_x000D_
+•	Assembleia Legislativa de Mato Grosso( Dep.  Sebastião Rezende)_x000D_
+•	Secretaria de Estado de Educação e Cultura_x000D_
+•	INTERMAT</t>
+  </si>
+  <si>
+    <t>8572</t>
+  </si>
+  <si>
+    <t>Requer liberação de 3 três diárias para deslocamento urbano, alimentação e estadia em Cuiabá MT no período de 10 a 13 de fevereiro de 2026 aonde cumprira agenda: _x000D_
+No período 11/02 a 13/02   cumprirei  agenda de interesse  da coletividade, tratar de demandas da cidade de Juína, como segue:_x000D_
+•	Assembleia Legislativa – reunião com Deputado Gilberto Cattani e Dep. Elizeu Nascimento;_x000D_
+•	Escritório de Apoio Senador Wellington Fagundes</t>
+  </si>
+  <si>
+    <t>8587</t>
+  </si>
+  <si>
+    <t>Requerimento de três diárias para deslocamento urbano, alimentação e estadia em Cuiabá MT no período de 11 a 13 de fevereiro de 2026 aonde cumprira a seguinte agenda: No período 11/02 a 13/02   cumprirei  agenda de interesse  da coletividade, tratar de demandas da cidade de Juina, como segue:_x000D_
+•	Assembleia Legislativa – Deputada Janaina Riva,deputados :Sebastião Rezende e Dilmar Dal Bosco_x000D_
+•	Secretaria de Estado de Infraestrutura e Logistica MT;_x000D_
+•	Secretaria de Estado de Saúde ;_x000D_
+•	Centro de equoterapia rancho Dourado</t>
+  </si>
+  <si>
+    <t>8588</t>
+  </si>
+  <si>
+    <t>Requer liberação de três diárias para deslocamento urbano, alimentação e estadia em Cuiabá MT aonde cumprira agenda: No período 11/02 a 13/02   cumprirei  agenda de interesse  da coletividade, tratar de demandas da cidade de Juina, como segue:_x000D_
+•	Assembleia Legislativa – Deputada Janaina Riva,deputados :Sebastião Rezende e Dilmar Dal Bosco_x000D_
+•	Secretaria de Estado de Infraestrutura e Logistica MT;_x000D_
+•	Secretaria de Estado de Saúde ;_x000D_
+Centro de equoterapia rancho Dourado</t>
+  </si>
+  <si>
+    <t>8589</t>
+  </si>
+  <si>
+    <t>Requer liberação de três diárias para deslocamento urbano, alimentação e estadia em Cuiabá MT, aonde cumprira agenda: No período 11/02 a 13/02   cumprirei  agenda de interesse  da coletividade, tratar de demandas da cidade de Juína, como segue:_x000D_
+•	Assembleia Legislativa – Deputada Janaina Riva, _x000D_
+•	Secretaria de Estado de Infraestrutura e Logistica MT;_x000D_
+•	Secretaria de Agricultura Familiar ;_x000D_
+•	Casa de Apoio Estrela Dalva</t>
+  </si>
+  <si>
+    <t>8591</t>
+  </si>
+  <si>
+    <t>Requer liberação de três diárias para deslocamento urbano, alimentação e estadia em Cuiabá MT aonde cumprira agenda:_x000D_
+No período 11/02 a 13/02   cumprirei  agenda de interesse  da coletividade, tratar de demandas da cidade de Juína, como segue:_x000D_
+•	Assembleia Legislativa – Deputada Janaina Riva, Paulo Araújo e Sebastião Resende;_x000D_
+•	Secretaria de Estado de Infraestrutura e Logística MT;_x000D_
+•	Secretaria de Estado de Saúde;_x000D_
+•	Centro de Equoterapia Rancho Dourado;_x000D_
+•	SEAF.</t>
+  </si>
+  <si>
+    <t>8646</t>
+  </si>
+  <si>
+    <t>Requer liberação de seis diárias para deslocamento urbano, alimentação e estadia em Brasília DF no período de 1 a 6 de março de 2026 para: _x000D_
+•	No período 3 a 6 de março de 2026, participarei do Encontro Nacional do Poder Legislativo Municipal, promovido pela empresa, Valeriote Cursos, Consultoria, Gestão e Empreendimentos Ltda, a realizar-seno auditório do San Marco Hotel, SHS Q. 05 Bloco C, Setor Hoteleiro Sul Asa Sul Brasília /DF em, com carga horária total de 16 (dezesseis ) horas/aula presenciais, conforme programação anexa._x000D_
+•	Período da Tarde : assessoramento e registro das  agendas com deputados e senadores .</t>
+  </si>
+  <si>
+    <t>8678</t>
+  </si>
+  <si>
+    <t>Requer liberação de seis (6) diárias para deslocamento urbano, alimentação e estadia em Brasília MT no período de 1 a 6 de março de 2026 aonde cumprira agenda institucional: _x000D_
+•	No período 3 a 6 de março de 2026,período da manhã participarei do Encontro Nacional do Poder Legislativo Municipal, promovido pela empresa, Valeriote Cursos, Consultoria, Gestão e Empreendimentos Ltda, a realizar-se no auditório do San Marco Hotel, SHS Q. 05 Bloco C, Setor Hoteleiro Sul Asa Sul  Brasília /DF em, com carga horária total de 16 (dezesseis ) horas/aula presenciais, conforme programação anexa._x000D_
+•	Período da Tarde :cumprir  agendas na Câmara e Senado Federal ( deputados e senadores) .</t>
+  </si>
+  <si>
+    <t>8647</t>
+  </si>
+  <si>
+    <t>Requer liberação de seis diárias para deslocamento urbano, alimentação e estadia em Brasília DF no período de 1 a 6 de março de 2026 para: • No período 3 a 6 de março de 2026, cumprir agenda na Câmara e Senador Federal (deputados e senadores) no Ministério da Agricultura, reunião com Iraja Lacerda, no INCRA. .</t>
+  </si>
+  <si>
+    <t>8648</t>
+  </si>
+  <si>
+    <t>8721</t>
+  </si>
+  <si>
+    <t>Requer liberação de 5.1/2 (cinco diárias e meia) para deslocamento urbano, alimentação e estadia em Brasília/DF:_x000D_
+No período 2 a 6 de março de 2026, cumprirei agenda institucional na Câmara e Senado Federal ( reuniões com deputados e senadores  · 3 a 6 de março, período das 8 as 12 horas, participarei do Encontro Nacional do Poder Legislativo Municipal, promovido pela empresa, Valeriote Cursos, Consultoria, Gestão e Empreendimentos Ltda, a realizar-se no auditório do San Marco Hotel, SHS Q. 05 Bloco C, Setor Hoteleiro Sul Asa Sul Brasília /DF em, com carga horária total de 16 (dezesseis ) horas/aula presenciais, conforme programação anexa. Período da Tarde : cumprirei agenda com deputados e senadores .</t>
+  </si>
+  <si>
+    <t>8729</t>
+  </si>
+  <si>
+    <t>Requer liberação de três diárias e meia para deslocamento urbano, alimentação e estadia em Cuiabá MT no período de 8 a 10 de março de 2026: _x000D_
+No período de 9 a 10 de março participarei do curso "Gestão e Fiscalização de Contratos 4.0: Um Guia Completo para Fiscalizar Contratos com Precisão, Agilidade e Eficiência com Apoio da IA". Promovido pela empresa Capaccitar</t>
+  </si>
+  <si>
+    <t>8730</t>
+  </si>
+  <si>
+    <t>Requer liberação de três diárias e meia para deslocamento urbano, alimentação e estadia em Cuiabá MT no período de 8 a 10 de março de 2026: No período de 9 a 10 de março participarei do curso "Gestão e Fiscalização de Contratos 4.0: Um Guia Completo para Fiscalizar Contratos com Precisão, Agilidade e Eficiência com Apoio da IA". Promovido pela empresa Capaccitar</t>
+  </si>
+  <si>
+    <t>8739</t>
+  </si>
+  <si>
+    <t>Requer liberação de duas diárias para deslocamento urbano, alimentação e estadia em Cuiabá MT no período de  4 a 6 de março de 2026 para: _x000D_
+Cumprir agenda institucional para encaminhamentos demandas de interesse da coletividade: Dia 05/03/2026 – período da manhã participarei de evento institucional de entrega de maquinários para Associação de Produtores Rurais Rio Preto que acontecerá na Arena Pantanal – convite anexo. Assembleia Legislativa – Gabinete: Paulo Araujo</t>
+  </si>
+  <si>
+    <t>8740</t>
+  </si>
+  <si>
+    <t>Requer liberação de uma diária para deslocamento urbano, alimentação e estadia em Cuiabá MT no período de 5 a 7 de março aonde cumprira agenda: MOTIVO DA VIAGEM :. Cumprir agenda institucional para encaminhamentos demandas de interesse da coletividade Dia 06/03/2026 - Assembleia Legislativa, reunião com Deputado Beto Dois a Um, demandas esportivas da Linha 4, demandas da agricultura familiar .</t>
+  </si>
+  <si>
+    <t>8744</t>
+  </si>
+  <si>
+    <t>Tequer liberação  de 3 diarias para deslocamento urbano, alimentação eestadia em Cuiaba MTno periodo de 8 a 10 de marco de 2026 para Participar do curso “PESQUISA DE PREÇOS NA PRÁTICA: Metodologias Legais, Análise de Mercado e Aplicação do Radar do TCE-MT.”, a ser realizado pela empresa Vanessa Carli Treinamentos Ltda, nos dias 09 e 10 de fevereiro de 2026, em Cuiabá”, conforme requerimento de autorização anexo.</t>
+  </si>
+  <si>
+    <t>8745</t>
+  </si>
+  <si>
+    <t>Requer liberação  de 3 diarias para deslocamento, alimentação e estadia em Cuiaba MT no periodo de 9 a 14 de marco de 2026 aonde cumprira agenda: . Cumprir agenda  institucional para encaminhamentos demandas de interesse da coletividade  De 11 a 14 de março cumprirei agenda  institucional como segue conforme apontado por documento anexo: Visita ao INCRA –  SITUAÇÃO DO ASSENTAMENTO RIO PRETO ; VISITA AO ITERMAT ; Dia 12 participarei do Encontro Estadual de Vereadores, promovido pela União dos Vereadores doo Brasil; Nos dias 12 e 13 de março, na Associação Mato-grossense dos Municípios (AMM), participarei da Implementaação do Marco Legal de Saneamento Basico, debater estratégias de acesso a recursos federais para ampliar o serviço nos municípios. O evento será realizado pela Agência Nacional de Águas e Saneamento Básico (ANA), Ministério das Cidades, Agências Reguladoras Municipais de Mato Grosso,  com o apoio institucional da AMM    No dia 13 de março participarei do CONSIMMT no auditório do UniSenai</t>
+  </si>
+  <si>
+    <t>8771</t>
+  </si>
+  <si>
+    <t>Requer liberação de 3 diárias para deslocamento urbano, alimentação e estadia em Cuiabá MT no período de 9 a 12 de março. _x000D_
+Cumprir agenda institucional para encaminhamentos demandas de interesse da coletividade_x000D_
+Observação: Durante as atividades em Brasília, recebi convites para reunião e eventos importantes e relevantes para minha atuação parlamentar, assim se faz necessário complementação das diárias, referente ao requerimento de diárias nº 029/2026, para custeio de estadia, alimentação e deslocamento, Abaixo estão relacionados as agendas que cumprirei e os eventos que participarei_x000D_
+09 de março – Reunião institucional na Assembleia Legislativa do Estado de Mato Grosso, no Gabinete do Deputado Estadual Sebastião Rezende;_x000D_
+10 de março – Agenda no Escritório de Apoio do Senador Jayme Campos, em Cuiabá/MT formalizar solicitação de destinação de emendas para aquisição de trator para Associação de Produtores Rurais da Gleba Rio Azul e Rio do Ouro._x000D_
+11 de março – Participação em agenda institucional junto ao Tribunal de Contas do Estado de Mato Grosso, como procuradora adjunta da Mulher na Câmara Municipal - lançamento do Programa TCE Pró-Mulher; convite anexo._x000D_
+12 de março – Participação no Encontro Estadual de Vereadores – União dos Vereadores do Brasil (UVB)._x000D_
+Informo que estarei em deslocamento de Brasília/DF para Cuiabá/MT, em veículo próprio, a fim de otimizar o tempo e logística .</t>
+  </si>
+  <si>
+    <t>8788</t>
+  </si>
+  <si>
+    <t>Requer liberação de 3, 1/2 diárias para deslocamento urbano, alimentação e estadia em Cuiabá MT no período de 23 a 27 de março de 2026 para participar do II ENCONTRO MATO-GROSSENSE DE MUNICÍPIOS, promovido pela TCE, ALMT, FESMP/MT, SEBRAE E AMM.</t>
+  </si>
+  <si>
+    <t>8804</t>
+  </si>
+  <si>
+    <t>Requer liberação de três diárias e meia no período de 24 a 27 de março de 2026 para participar do evento: Participar do evento "Dia da Ouvidoria" e no projeto "Articulação Propositiva: Visitas Técnicas", conforme_x000D_
+detalhamento técnico abaixo. As referidas formações serão promovidas pelo Tribunal de Contas de Mato_x000D_
+Grosso, por meio de sua Ouvidoria-Geral, nos dias 26 e 27 de março de 2026, na cidade de Cuiabá – MT._x000D_
+A participação integrada em ambos os eventos justifica-se pela busca de racionalidade logística e_x000D_
+econômica, permitindo o aproveitamento de uma única agenda institucional na capital. O cronograma de_x000D_
+capacitação abordará os seguintes pilares:_x000D_
+1. Ouvidoria como Instrumento de Gestão: Debate sobre governança e a transformação da escuta_x000D_
+em insumo parlamentar;_x000D_
+2. Participação Cidadã: Estratégias para estimular o controle social e a participação da sociedade;_x000D_
+3. Estrutura e Procedimentos Técnicos: Conhecimento sobre a estrutura normativa, sistemas de_x000D_
+tratamento de manifestações e trâmite de processos de controle externo;_x000D_
+4. Fortalecimento Institucional: Interlocução com a Controladoria-Geral da União (CGU) e uso da_x000D_
+plataforma FalaBR.</t>
+  </si>
+  <si>
+    <t>8798</t>
+  </si>
+  <si>
+    <t>Requer liberação de sete diárias, sendo: 3 diárias para a cidade de Sinop MT e 4 diárias para a cidade de Cuiabá MT aonde ira participar dos seguinte eventos:_x000D_
+Em Sinop MT dias 18 a 19 de março do curso "envio de Cargas Municipais por meio do Sistema APLIC: Regras e Rotinas"._x000D_
+Em Cuiabá MT dias 25 a 27 de março 2º Encontro de municípios Mato Grossense.</t>
+  </si>
+  <si>
+    <t>8817</t>
+  </si>
+  <si>
+    <t>Requer liberação de três diárias e meia para deslocamento urbano, alimentação e estadia em Cuiabá MT no período de 24 a 27 de março aonde Participara do curso “II Encontro de municípios mato-grossenses” a ser realizado pela Associação matogrossense dos municípios – AMM, Tribunal de Contas de Mato Grosso – TCE-MT, Fundação Escola Superior do Ministério Público – FESMP e Sebrae, nos dias 25 a 27 de março de 2026, em Cuiabá.</t>
+  </si>
+  <si>
+    <t>8832</t>
+  </si>
+  <si>
+    <t>Requer liberação de duas  diárias para deslocamento, alimentação e estadia em Cuiabá MT no período de 17 a 19 de março de 2026 para cumprir agenda de interesse coletivo, levar demandas referente infraestrutura, saúde, regularização fundiária. Cumprir compromisso institucional na Casa de Apoio e no Intermat, para encaminhamento as demandas da coletividade.</t>
+  </si>
+  <si>
+    <t>8833</t>
+  </si>
+  <si>
+    <t>Requer liberação de 6 1/2 (seis diárias e meia) sendo 2 1/2 (duas e meia) para deslocamento dentro do Estado de Mato Grosso e 4 (quatro) para deslocado em São Paulo) , para cobrir despesa com hospedagem, alimentação e estadia em Cuiabá e São Paulo:_x000D_
+Dia 23 de março, a convite da Assembleia Legislativa de São Paulo, juntamente com Presidente da Câmara, com Vereador Fabiano Aurélio Ribeiro e Vereador  Tonhão   participaremos de Audiência Pública  Local: Auditório Teotônio Vilela, ALESP (Assembleia Legislativa de São Paulo). Convite anexo_x000D_
+Objetivo: Debater os benefícios, desafios e a regulamentação da prática da Ozonioterapia no Estado de São Paulo. Foco: Reunião pública para ouvir especialistas e discutir a aplicação da terapia como tratamento complementar na saúde pública_x000D_
+Dias 25 a 27  de março para participar do II ENCONTRO MATO-GROSSENSE DE MUNICÍPIOS, que acontecerá no Centro de Eventos do Pantanal. Oportunidade que serão mobilizados todos os Gestores e Agentes Públicos dos municípios para participarem desse grande evento promovido pela TCE, ALMT, FESMP/MT, SEBRAE E AMM. (convite e programação, anexo)</t>
+  </si>
+  <si>
+    <t>8834</t>
+  </si>
+  <si>
+    <t>Requer liberação de 6 1/2 (seis diárias e meia) sendo 2 1/2 (duas e meia) para deslocamento dentro do Estado de Mato Grosso e 4 (quatro) para deslocado em São Paulo) , para cobrir despesa com hospedagem, alimentação e estadia em Cuiabá e São Paulo:_x000D_
+Dia 23 de março, a convite da Assembleia Legislativa de São Paulo, participarei juntamente com presidente da Câmara Municipal , com Vereador Tonhão  e servidora Giuliana Severo  participaremos de Audiência Pública  Local: Auditório Teotônio Vilela, ALESP (Assembleia Legislativa de São Paulo). Convite anexo_x000D_
+Objetivo: Debater os benefícios, desafios e a regulamentação da prática da Ozonioterapia no Estado de São Paulo. Foco: Reunião pública para ouvir especialistas e discutir a aplicação da terapia como tratamento complementar na saúde pública_x000D_
+Dias25 a 27  de março para participar do II ENCONTRO MATO-GROSSENSE DE MUNICÍPIOS, que acontecerá no Centro de Eventos do Pantanal. Oportunidade que serão mobilizados todos os Gestores e Agentes Públicos dos municípios para participarem desse grande evento promovido pela TCE, ALMT, FESMP/MT, SEBRAE E AMM. (convite e programação, anexo)</t>
+  </si>
+  <si>
+    <t>8835</t>
+  </si>
+  <si>
+    <t>Requer liberação de 6 1/2 (seis diárias e meia) sendo 2 1/2 (duas e meia) para deslocamento dentro do Estado de Mato Grosso e 4 (quatro) para deslocado em São Paulo) , para cobrir despesa com hospedagem, alimentação e estadia em Cuiabá e São Paulo:_x000D_
+Dia 23 de março, a convite da Assembleia Legislativa de São Paulo, participarei juntamente com presidente da Câmara Municipal , com Vereador Tonhão e servidora Giuliana Severo participaremos de Audiência Pública Local: Auditório Teotônio Vilela, ALESP (Assembleia Legislativa de São Paulo). Convite anexo_x000D_
+Objetivo: Debater os benefícios, desafios e a regulamentação da prática da Ozonioterapia no Estado de São Paulo. Foco: Reunião pública para ouvir especialistas e discutir a aplicação da terapia como tratamento complementar na saúde pública_x000D_
+Dias25 a 27 de março para participar do II ENCONTRO MATO-GROSSENSE DE MUNICÍPIOS, que acontecerá no Centro de Eventos do Pantanal. Oportunidade que serão mobilizados todos os Gestores e Agentes Públicos dos municípios para participarem desse grande evento promovido pela TCE, ALMT, FESMP/MT, SEBRAE E AMM. (convite e programação, anexo)</t>
+  </si>
+  <si>
+    <t>8836</t>
+  </si>
+  <si>
+    <t>Assunto_x000D_
+_x000D_
+Requer liberação de 6 1/2 (seis diárias e meia) sendo 2 1/2 (duas e meia) para deslocamento dentro do Estado de Mato Grosso e 4 (quatro) para deslocado em São Paulo) , para cobrir despesa com hospedagem, alimentação e estadia em Cuiabá e São Paulo:_x000D_
+Dia 23 de março, a convite da Assembleia Legislativa de São Paulo, participarei juntamente com presidente da Câmara Municipal , com Vereador Tonhão e servidora Giuliana Severo participaremos de Audiência Pública Local: Auditório Teotônio Vilela, ALESP (Assembleia Legislativa de São Paulo). Convite anexo_x000D_
+Objetivo: Debater os benefícios, desafios e a regulamentação da prática da Ozonioterapia no Estado de São Paulo. Foco: Reunião pública para ouvir especialistas e discutir a aplicação da terapia como tratamento complementar na saúde pública_x000D_
+Dias25 a 27 de março para participar do II ENCONTRO MATO-GROSSENSE DE MUNICÍPIOS, que acontecerá no Centro de Eventos do Pantanal. Oportunidade que serão mobilizados todos os Gestores e Agentes Públicos dos municípios para participarem desse grande evento promovido pela TCE, ALMT, FESMP/MT, SEBRAE E AMM. (convite e programação, anexo)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -8553,51 +8892,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F917"/>
+  <dimension ref="A1:F957"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -26904,50 +27243,850 @@
       <c r="E916" t="s">
         <v>10</v>
       </c>
       <c r="F916" t="s">
         <v>1932</v>
       </c>
     </row>
     <row r="917" spans="1:6">
       <c r="A917" t="s">
         <v>1933</v>
       </c>
       <c r="B917" t="s">
         <v>1922</v>
       </c>
       <c r="C917" t="s">
         <v>28</v>
       </c>
       <c r="D917" t="s">
         <v>9</v>
       </c>
       <c r="E917" t="s">
         <v>10</v>
       </c>
       <c r="F917" t="s">
         <v>1934</v>
+      </c>
+    </row>
+    <row r="918" spans="1:6">
+      <c r="A918" t="s">
+        <v>1935</v>
+      </c>
+      <c r="B918" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C918" t="s">
+        <v>31</v>
+      </c>
+      <c r="D918" t="s">
+        <v>9</v>
+      </c>
+      <c r="E918" t="s">
+        <v>10</v>
+      </c>
+      <c r="F918" t="s">
+        <v>1936</v>
+      </c>
+    </row>
+    <row r="919" spans="1:6">
+      <c r="A919" t="s">
+        <v>1937</v>
+      </c>
+      <c r="B919" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C919" t="s">
+        <v>34</v>
+      </c>
+      <c r="D919" t="s">
+        <v>9</v>
+      </c>
+      <c r="E919" t="s">
+        <v>10</v>
+      </c>
+      <c r="F919" t="s">
+        <v>1938</v>
+      </c>
+    </row>
+    <row r="920" spans="1:6">
+      <c r="A920" t="s">
+        <v>1939</v>
+      </c>
+      <c r="B920" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C920" t="s">
+        <v>37</v>
+      </c>
+      <c r="D920" t="s">
+        <v>9</v>
+      </c>
+      <c r="E920" t="s">
+        <v>10</v>
+      </c>
+      <c r="F920" t="s">
+        <v>1940</v>
+      </c>
+    </row>
+    <row r="921" spans="1:6">
+      <c r="A921" t="s">
+        <v>1941</v>
+      </c>
+      <c r="B921" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C921" t="s">
+        <v>39</v>
+      </c>
+      <c r="D921" t="s">
+        <v>9</v>
+      </c>
+      <c r="E921" t="s">
+        <v>10</v>
+      </c>
+      <c r="F921" t="s">
+        <v>1942</v>
+      </c>
+    </row>
+    <row r="922" spans="1:6">
+      <c r="A922" t="s">
+        <v>1943</v>
+      </c>
+      <c r="B922" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C922" t="s">
+        <v>42</v>
+      </c>
+      <c r="D922" t="s">
+        <v>9</v>
+      </c>
+      <c r="E922" t="s">
+        <v>10</v>
+      </c>
+      <c r="F922" t="s">
+        <v>1944</v>
+      </c>
+    </row>
+    <row r="923" spans="1:6">
+      <c r="A923" t="s">
+        <v>1945</v>
+      </c>
+      <c r="B923" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C923" t="s">
+        <v>45</v>
+      </c>
+      <c r="D923" t="s">
+        <v>9</v>
+      </c>
+      <c r="E923" t="s">
+        <v>10</v>
+      </c>
+      <c r="F923" t="s">
+        <v>1946</v>
+      </c>
+    </row>
+    <row r="924" spans="1:6">
+      <c r="A924" t="s">
+        <v>1947</v>
+      </c>
+      <c r="B924" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C924" t="s">
+        <v>48</v>
+      </c>
+      <c r="D924" t="s">
+        <v>9</v>
+      </c>
+      <c r="E924" t="s">
+        <v>10</v>
+      </c>
+      <c r="F924" t="s">
+        <v>1948</v>
+      </c>
+    </row>
+    <row r="925" spans="1:6">
+      <c r="A925" t="s">
+        <v>1949</v>
+      </c>
+      <c r="B925" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C925" t="s">
+        <v>54</v>
+      </c>
+      <c r="D925" t="s">
+        <v>9</v>
+      </c>
+      <c r="E925" t="s">
+        <v>10</v>
+      </c>
+      <c r="F925" t="s">
+        <v>1950</v>
+      </c>
+    </row>
+    <row r="926" spans="1:6">
+      <c r="A926" t="s">
+        <v>1951</v>
+      </c>
+      <c r="B926" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C926" t="s">
+        <v>57</v>
+      </c>
+      <c r="D926" t="s">
+        <v>9</v>
+      </c>
+      <c r="E926" t="s">
+        <v>10</v>
+      </c>
+      <c r="F926" t="s">
+        <v>1952</v>
+      </c>
+    </row>
+    <row r="927" spans="1:6">
+      <c r="A927" t="s">
+        <v>1953</v>
+      </c>
+      <c r="B927" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C927" t="s">
+        <v>60</v>
+      </c>
+      <c r="D927" t="s">
+        <v>9</v>
+      </c>
+      <c r="E927" t="s">
+        <v>10</v>
+      </c>
+      <c r="F927" t="s">
+        <v>1954</v>
+      </c>
+    </row>
+    <row r="928" spans="1:6">
+      <c r="A928" t="s">
+        <v>1955</v>
+      </c>
+      <c r="B928" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C928" t="s">
+        <v>63</v>
+      </c>
+      <c r="D928" t="s">
+        <v>9</v>
+      </c>
+      <c r="E928" t="s">
+        <v>10</v>
+      </c>
+      <c r="F928" t="s">
+        <v>1956</v>
+      </c>
+    </row>
+    <row r="929" spans="1:6">
+      <c r="A929" t="s">
+        <v>1957</v>
+      </c>
+      <c r="B929" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C929" t="s">
+        <v>66</v>
+      </c>
+      <c r="D929" t="s">
+        <v>9</v>
+      </c>
+      <c r="E929" t="s">
+        <v>10</v>
+      </c>
+      <c r="F929" t="s">
+        <v>1958</v>
+      </c>
+    </row>
+    <row r="930" spans="1:6">
+      <c r="A930" t="s">
+        <v>1959</v>
+      </c>
+      <c r="B930" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C930" t="s">
+        <v>69</v>
+      </c>
+      <c r="D930" t="s">
+        <v>9</v>
+      </c>
+      <c r="E930" t="s">
+        <v>10</v>
+      </c>
+      <c r="F930" t="s">
+        <v>1960</v>
+      </c>
+    </row>
+    <row r="931" spans="1:6">
+      <c r="A931" t="s">
+        <v>1961</v>
+      </c>
+      <c r="B931" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C931" t="s">
+        <v>72</v>
+      </c>
+      <c r="D931" t="s">
+        <v>9</v>
+      </c>
+      <c r="E931" t="s">
+        <v>10</v>
+      </c>
+      <c r="F931" t="s">
+        <v>1962</v>
+      </c>
+    </row>
+    <row r="932" spans="1:6">
+      <c r="A932" t="s">
+        <v>1963</v>
+      </c>
+      <c r="B932" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C932" t="s">
+        <v>75</v>
+      </c>
+      <c r="D932" t="s">
+        <v>9</v>
+      </c>
+      <c r="E932" t="s">
+        <v>10</v>
+      </c>
+      <c r="F932" t="s">
+        <v>1964</v>
+      </c>
+    </row>
+    <row r="933" spans="1:6">
+      <c r="A933" t="s">
+        <v>1965</v>
+      </c>
+      <c r="B933" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C933" t="s">
+        <v>78</v>
+      </c>
+      <c r="D933" t="s">
+        <v>9</v>
+      </c>
+      <c r="E933" t="s">
+        <v>10</v>
+      </c>
+      <c r="F933" t="s">
+        <v>1966</v>
+      </c>
+    </row>
+    <row r="934" spans="1:6">
+      <c r="A934" t="s">
+        <v>1967</v>
+      </c>
+      <c r="B934" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C934" t="s">
+        <v>81</v>
+      </c>
+      <c r="D934" t="s">
+        <v>9</v>
+      </c>
+      <c r="E934" t="s">
+        <v>10</v>
+      </c>
+      <c r="F934" t="s">
+        <v>1968</v>
+      </c>
+    </row>
+    <row r="935" spans="1:6">
+      <c r="A935" t="s">
+        <v>1969</v>
+      </c>
+      <c r="B935" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C935" t="s">
+        <v>84</v>
+      </c>
+      <c r="D935" t="s">
+        <v>9</v>
+      </c>
+      <c r="E935" t="s">
+        <v>10</v>
+      </c>
+      <c r="F935" t="s">
+        <v>1970</v>
+      </c>
+    </row>
+    <row r="936" spans="1:6">
+      <c r="A936" t="s">
+        <v>1971</v>
+      </c>
+      <c r="B936" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C936" t="s">
+        <v>87</v>
+      </c>
+      <c r="D936" t="s">
+        <v>9</v>
+      </c>
+      <c r="E936" t="s">
+        <v>10</v>
+      </c>
+      <c r="F936" t="s">
+        <v>1972</v>
+      </c>
+    </row>
+    <row r="937" spans="1:6">
+      <c r="A937" t="s">
+        <v>1973</v>
+      </c>
+      <c r="B937" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C937" t="s">
+        <v>90</v>
+      </c>
+      <c r="D937" t="s">
+        <v>9</v>
+      </c>
+      <c r="E937" t="s">
+        <v>10</v>
+      </c>
+      <c r="F937" t="s">
+        <v>1974</v>
+      </c>
+    </row>
+    <row r="938" spans="1:6">
+      <c r="A938" t="s">
+        <v>1975</v>
+      </c>
+      <c r="B938" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C938" t="s">
+        <v>93</v>
+      </c>
+      <c r="D938" t="s">
+        <v>9</v>
+      </c>
+      <c r="E938" t="s">
+        <v>10</v>
+      </c>
+      <c r="F938" t="s">
+        <v>1976</v>
+      </c>
+    </row>
+    <row r="939" spans="1:6">
+      <c r="A939" t="s">
+        <v>1977</v>
+      </c>
+      <c r="B939" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C939" t="s">
+        <v>96</v>
+      </c>
+      <c r="D939" t="s">
+        <v>9</v>
+      </c>
+      <c r="E939" t="s">
+        <v>10</v>
+      </c>
+      <c r="F939" t="s">
+        <v>1978</v>
+      </c>
+    </row>
+    <row r="940" spans="1:6">
+      <c r="A940" t="s">
+        <v>1979</v>
+      </c>
+      <c r="B940" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C940" t="s">
+        <v>98</v>
+      </c>
+      <c r="D940" t="s">
+        <v>9</v>
+      </c>
+      <c r="E940" t="s">
+        <v>10</v>
+      </c>
+      <c r="F940" t="s">
+        <v>1978</v>
+      </c>
+    </row>
+    <row r="941" spans="1:6">
+      <c r="A941" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B941" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C941" t="s">
+        <v>101</v>
+      </c>
+      <c r="D941" t="s">
+        <v>9</v>
+      </c>
+      <c r="E941" t="s">
+        <v>10</v>
+      </c>
+      <c r="F941" t="s">
+        <v>1981</v>
+      </c>
+    </row>
+    <row r="942" spans="1:6">
+      <c r="A942" t="s">
+        <v>1982</v>
+      </c>
+      <c r="B942" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C942" t="s">
+        <v>104</v>
+      </c>
+      <c r="D942" t="s">
+        <v>9</v>
+      </c>
+      <c r="E942" t="s">
+        <v>10</v>
+      </c>
+      <c r="F942" t="s">
+        <v>1983</v>
+      </c>
+    </row>
+    <row r="943" spans="1:6">
+      <c r="A943" t="s">
+        <v>1984</v>
+      </c>
+      <c r="B943" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C943" t="s">
+        <v>107</v>
+      </c>
+      <c r="D943" t="s">
+        <v>9</v>
+      </c>
+      <c r="E943" t="s">
+        <v>10</v>
+      </c>
+      <c r="F943" t="s">
+        <v>1985</v>
+      </c>
+    </row>
+    <row r="944" spans="1:6">
+      <c r="A944" t="s">
+        <v>1986</v>
+      </c>
+      <c r="B944" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C944" t="s">
+        <v>110</v>
+      </c>
+      <c r="D944" t="s">
+        <v>9</v>
+      </c>
+      <c r="E944" t="s">
+        <v>10</v>
+      </c>
+      <c r="F944" t="s">
+        <v>1987</v>
+      </c>
+    </row>
+    <row r="945" spans="1:6">
+      <c r="A945" t="s">
+        <v>1988</v>
+      </c>
+      <c r="B945" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C945" t="s">
+        <v>113</v>
+      </c>
+      <c r="D945" t="s">
+        <v>9</v>
+      </c>
+      <c r="E945" t="s">
+        <v>10</v>
+      </c>
+      <c r="F945" t="s">
+        <v>1989</v>
+      </c>
+    </row>
+    <row r="946" spans="1:6">
+      <c r="A946" t="s">
+        <v>1990</v>
+      </c>
+      <c r="B946" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C946" t="s">
+        <v>116</v>
+      </c>
+      <c r="D946" t="s">
+        <v>9</v>
+      </c>
+      <c r="E946" t="s">
+        <v>10</v>
+      </c>
+      <c r="F946" t="s">
+        <v>1991</v>
+      </c>
+    </row>
+    <row r="947" spans="1:6">
+      <c r="A947" t="s">
+        <v>1992</v>
+      </c>
+      <c r="B947" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C947" t="s">
+        <v>118</v>
+      </c>
+      <c r="D947" t="s">
+        <v>9</v>
+      </c>
+      <c r="E947" t="s">
+        <v>10</v>
+      </c>
+      <c r="F947" t="s">
+        <v>1993</v>
+      </c>
+    </row>
+    <row r="948" spans="1:6">
+      <c r="A948" t="s">
+        <v>1994</v>
+      </c>
+      <c r="B948" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C948" t="s">
+        <v>121</v>
+      </c>
+      <c r="D948" t="s">
+        <v>9</v>
+      </c>
+      <c r="E948" t="s">
+        <v>10</v>
+      </c>
+      <c r="F948" t="s">
+        <v>1995</v>
+      </c>
+    </row>
+    <row r="949" spans="1:6">
+      <c r="A949" t="s">
+        <v>1996</v>
+      </c>
+      <c r="B949" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C949" t="s">
+        <v>124</v>
+      </c>
+      <c r="D949" t="s">
+        <v>9</v>
+      </c>
+      <c r="E949" t="s">
+        <v>10</v>
+      </c>
+      <c r="F949" t="s">
+        <v>1997</v>
+      </c>
+    </row>
+    <row r="950" spans="1:6">
+      <c r="A950" t="s">
+        <v>1998</v>
+      </c>
+      <c r="B950" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C950" t="s">
+        <v>127</v>
+      </c>
+      <c r="D950" t="s">
+        <v>9</v>
+      </c>
+      <c r="E950" t="s">
+        <v>10</v>
+      </c>
+      <c r="F950" t="s">
+        <v>1999</v>
+      </c>
+    </row>
+    <row r="951" spans="1:6">
+      <c r="A951" t="s">
+        <v>2000</v>
+      </c>
+      <c r="B951" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C951" t="s">
+        <v>130</v>
+      </c>
+      <c r="D951" t="s">
+        <v>9</v>
+      </c>
+      <c r="E951" t="s">
+        <v>10</v>
+      </c>
+      <c r="F951" t="s">
+        <v>2001</v>
+      </c>
+    </row>
+    <row r="952" spans="1:6">
+      <c r="A952" t="s">
+        <v>2002</v>
+      </c>
+      <c r="B952" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C952" t="s">
+        <v>133</v>
+      </c>
+      <c r="D952" t="s">
+        <v>9</v>
+      </c>
+      <c r="E952" t="s">
+        <v>10</v>
+      </c>
+      <c r="F952" t="s">
+        <v>2003</v>
+      </c>
+    </row>
+    <row r="953" spans="1:6">
+      <c r="A953" t="s">
+        <v>2004</v>
+      </c>
+      <c r="B953" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C953" t="s">
+        <v>136</v>
+      </c>
+      <c r="D953" t="s">
+        <v>9</v>
+      </c>
+      <c r="E953" t="s">
+        <v>10</v>
+      </c>
+      <c r="F953" t="s">
+        <v>2005</v>
+      </c>
+    </row>
+    <row r="954" spans="1:6">
+      <c r="A954" t="s">
+        <v>2006</v>
+      </c>
+      <c r="B954" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C954" t="s">
+        <v>139</v>
+      </c>
+      <c r="D954" t="s">
+        <v>9</v>
+      </c>
+      <c r="E954" t="s">
+        <v>10</v>
+      </c>
+      <c r="F954" t="s">
+        <v>2007</v>
+      </c>
+    </row>
+    <row r="955" spans="1:6">
+      <c r="A955" t="s">
+        <v>2008</v>
+      </c>
+      <c r="B955" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C955" t="s">
+        <v>142</v>
+      </c>
+      <c r="D955" t="s">
+        <v>9</v>
+      </c>
+      <c r="E955" t="s">
+        <v>10</v>
+      </c>
+      <c r="F955" t="s">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="956" spans="1:6">
+      <c r="A956" t="s">
+        <v>2010</v>
+      </c>
+      <c r="B956" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C956" t="s">
+        <v>145</v>
+      </c>
+      <c r="D956" t="s">
+        <v>9</v>
+      </c>
+      <c r="E956" t="s">
+        <v>10</v>
+      </c>
+      <c r="F956" t="s">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="957" spans="1:6">
+      <c r="A957" t="s">
+        <v>2012</v>
+      </c>
+      <c r="B957" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C957" t="s">
+        <v>148</v>
+      </c>
+      <c r="D957" t="s">
+        <v>9</v>
+      </c>
+      <c r="E957" t="s">
+        <v>10</v>
+      </c>
+      <c r="F957" t="s">
+        <v>2013</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>