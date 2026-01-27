--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5052" uniqueCount="1862">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5196" uniqueCount="1934">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
@@ -5613,50 +5613,266 @@
     <t>8265</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>Prestação de contas do Requerimento de Diárias nº 169/2025 do vereador Aelcio.</t>
   </si>
   <si>
     <t>8252</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>Prestação de contas do Requerimento de diárias nº 170/2025 da servidora Giuliana</t>
   </si>
   <si>
     <t>8186</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>Prestação de contas do Requerimento de Diárias nº 171/2025 do vereador Vitor</t>
+  </si>
+  <si>
+    <t>8298</t>
+  </si>
+  <si>
+    <t>172</t>
+  </si>
+  <si>
+    <t>Prestação de contas do Requerimento de Diárias nº 172/2025 do vereador Locatelli.</t>
+  </si>
+  <si>
+    <t>8299</t>
+  </si>
+  <si>
+    <t>173</t>
+  </si>
+  <si>
+    <t>Prestação de contas do Requerimento de Diárias nº 173/2025 do vereador Vanderlei Churrasqueiro</t>
+  </si>
+  <si>
+    <t>8308</t>
+  </si>
+  <si>
+    <t>174</t>
+  </si>
+  <si>
+    <t>Prestação de contas do Requerimento de Diarias nº 174/2025 do vereador Vitor Gabriel</t>
+  </si>
+  <si>
+    <t>8293</t>
+  </si>
+  <si>
+    <t>175</t>
+  </si>
+  <si>
+    <t>Prestação de contas do requerimento de diárias n. 175/2025 da vereadora Luiza</t>
+  </si>
+  <si>
+    <t>8317</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>Prestação de contas do Requerimento de Diárias n° 176/2025 da vereadora Alessandra</t>
+  </si>
+  <si>
+    <t>8300</t>
+  </si>
+  <si>
+    <t>177</t>
+  </si>
+  <si>
+    <t>Prestação de contas do Requerimento de Diárias nº 177/2025 do vereador Vanderlei Monteiro</t>
+  </si>
+  <si>
+    <t>8301</t>
+  </si>
+  <si>
+    <t>178</t>
+  </si>
+  <si>
+    <t>Prestação de contas do Requerimento de Diárias nº 178/2025 do vereador Antônio José da Silva</t>
+  </si>
+  <si>
+    <t>8304</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>prestação de contas do Requerimento de Diárias nº 179/2025 do vereador Ailton Barbosa</t>
+  </si>
+  <si>
+    <t>8305</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>prestação de contas do requerimento de diárias nº 180/2025 do vereador Fabiano Aurélio</t>
+  </si>
+  <si>
+    <t>8321</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>Prestação de contas do Requerimento de diárias n° 181/2025 da servidora Gilvania Dutra.</t>
+  </si>
+  <si>
+    <t>8315</t>
+  </si>
+  <si>
+    <t>182</t>
+  </si>
+  <si>
+    <t>Prestação de contas do Requerimento de diárias n° 182/2025 da servidora Maria</t>
+  </si>
+  <si>
+    <t>8326</t>
+  </si>
+  <si>
+    <t>184</t>
+  </si>
+  <si>
+    <t>prestação de contas do Requerimento de diárias n° 184/2025 da servidora Aparecida Gomes</t>
+  </si>
+  <si>
+    <t>8319</t>
+  </si>
+  <si>
+    <t>185</t>
+  </si>
+  <si>
+    <t>Prestação de contas do requerimento de diárias n° 185/2025 do servidor Elio</t>
+  </si>
+  <si>
+    <t>8343</t>
+  </si>
+  <si>
+    <t>186</t>
+  </si>
+  <si>
+    <t>Prestação de contas do requerimento de diárias n° 186/2025 do servidor Tiago Jacinto</t>
+  </si>
+  <si>
+    <t>8318</t>
+  </si>
+  <si>
+    <t>187</t>
+  </si>
+  <si>
+    <t>prestação de contas do requerimento de diárias n° 187/2025 do vereador Aelcio</t>
+  </si>
+  <si>
+    <t>8334</t>
+  </si>
+  <si>
+    <t>188</t>
+  </si>
+  <si>
+    <t>prestação de contas do requerimento de diárias n° 188/2025 do vereador Geraldo Antônio</t>
+  </si>
+  <si>
+    <t>8367</t>
+  </si>
+  <si>
+    <t>189</t>
+  </si>
+  <si>
+    <t>Prestação de contas do Requerimento de Diárias n° 189/2025 do vereador Carlito</t>
+  </si>
+  <si>
+    <t>8377</t>
+  </si>
+  <si>
+    <t>190</t>
+  </si>
+  <si>
+    <t>Prestação de contas do requerimento de diarias n° 190/2025 do vereador Fabiano Aurélio</t>
+  </si>
+  <si>
+    <t>8378</t>
+  </si>
+  <si>
+    <t>191</t>
+  </si>
+  <si>
+    <t>Prestação de contas do Requerimento de Diárias n° 191 /2025 do vereador Tonhão.</t>
+  </si>
+  <si>
+    <t>8379</t>
+  </si>
+  <si>
+    <t>192</t>
+  </si>
+  <si>
+    <t>Prestação de contas do Requerimento de diárias n° 192/2025 do vereador Irineu Locatelli.</t>
+  </si>
+  <si>
+    <t>8380</t>
+  </si>
+  <si>
+    <t>193</t>
+  </si>
+  <si>
+    <t>Prestação de contas do Requerimento de Diarias n° 193/2025 do vereador Vanderlei Bernardes.</t>
+  </si>
+  <si>
+    <t>8403</t>
+  </si>
+  <si>
+    <t>194</t>
+  </si>
+  <si>
+    <t>Prestação de contas do Requerimento de Diarias n° 194/2025 do vereador Ailton Barbosa</t>
+  </si>
+  <si>
+    <t>8402</t>
+  </si>
+  <si>
+    <t>195</t>
+  </si>
+  <si>
+    <t>Prestação de contas do Requerimento de Diarias n° 195/2025 do vereador Aelcio Moreira</t>
+  </si>
+  <si>
+    <t>8497</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>Prestação de contas do Requerimento de Diárias nº 06/2026 da vereadora Luiza</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -5948,51 +6164,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F842"/>
+  <dimension ref="A1:F866"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -22799,50 +23015,530 @@
       <c r="E841" t="s">
         <v>10</v>
       </c>
       <c r="F841" t="s">
         <v>1858</v>
       </c>
     </row>
     <row r="842" spans="1:6">
       <c r="A842" t="s">
         <v>1859</v>
       </c>
       <c r="B842" t="s">
         <v>1473</v>
       </c>
       <c r="C842" t="s">
         <v>1860</v>
       </c>
       <c r="D842" t="s">
         <v>9</v>
       </c>
       <c r="E842" t="s">
         <v>10</v>
       </c>
       <c r="F842" t="s">
         <v>1861</v>
+      </c>
+    </row>
+    <row r="843" spans="1:6">
+      <c r="A843" t="s">
+        <v>1862</v>
+      </c>
+      <c r="B843" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C843" t="s">
+        <v>1863</v>
+      </c>
+      <c r="D843" t="s">
+        <v>9</v>
+      </c>
+      <c r="E843" t="s">
+        <v>10</v>
+      </c>
+      <c r="F843" t="s">
+        <v>1864</v>
+      </c>
+    </row>
+    <row r="844" spans="1:6">
+      <c r="A844" t="s">
+        <v>1865</v>
+      </c>
+      <c r="B844" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C844" t="s">
+        <v>1866</v>
+      </c>
+      <c r="D844" t="s">
+        <v>9</v>
+      </c>
+      <c r="E844" t="s">
+        <v>10</v>
+      </c>
+      <c r="F844" t="s">
+        <v>1867</v>
+      </c>
+    </row>
+    <row r="845" spans="1:6">
+      <c r="A845" t="s">
+        <v>1868</v>
+      </c>
+      <c r="B845" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C845" t="s">
+        <v>1869</v>
+      </c>
+      <c r="D845" t="s">
+        <v>9</v>
+      </c>
+      <c r="E845" t="s">
+        <v>10</v>
+      </c>
+      <c r="F845" t="s">
+        <v>1870</v>
+      </c>
+    </row>
+    <row r="846" spans="1:6">
+      <c r="A846" t="s">
+        <v>1871</v>
+      </c>
+      <c r="B846" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C846" t="s">
+        <v>1872</v>
+      </c>
+      <c r="D846" t="s">
+        <v>9</v>
+      </c>
+      <c r="E846" t="s">
+        <v>10</v>
+      </c>
+      <c r="F846" t="s">
+        <v>1873</v>
+      </c>
+    </row>
+    <row r="847" spans="1:6">
+      <c r="A847" t="s">
+        <v>1874</v>
+      </c>
+      <c r="B847" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C847" t="s">
+        <v>1875</v>
+      </c>
+      <c r="D847" t="s">
+        <v>9</v>
+      </c>
+      <c r="E847" t="s">
+        <v>10</v>
+      </c>
+      <c r="F847" t="s">
+        <v>1876</v>
+      </c>
+    </row>
+    <row r="848" spans="1:6">
+      <c r="A848" t="s">
+        <v>1877</v>
+      </c>
+      <c r="B848" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C848" t="s">
+        <v>1878</v>
+      </c>
+      <c r="D848" t="s">
+        <v>9</v>
+      </c>
+      <c r="E848" t="s">
+        <v>10</v>
+      </c>
+      <c r="F848" t="s">
+        <v>1879</v>
+      </c>
+    </row>
+    <row r="849" spans="1:6">
+      <c r="A849" t="s">
+        <v>1880</v>
+      </c>
+      <c r="B849" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C849" t="s">
+        <v>1881</v>
+      </c>
+      <c r="D849" t="s">
+        <v>9</v>
+      </c>
+      <c r="E849" t="s">
+        <v>10</v>
+      </c>
+      <c r="F849" t="s">
+        <v>1882</v>
+      </c>
+    </row>
+    <row r="850" spans="1:6">
+      <c r="A850" t="s">
+        <v>1883</v>
+      </c>
+      <c r="B850" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C850" t="s">
+        <v>1884</v>
+      </c>
+      <c r="D850" t="s">
+        <v>9</v>
+      </c>
+      <c r="E850" t="s">
+        <v>10</v>
+      </c>
+      <c r="F850" t="s">
+        <v>1885</v>
+      </c>
+    </row>
+    <row r="851" spans="1:6">
+      <c r="A851" t="s">
+        <v>1886</v>
+      </c>
+      <c r="B851" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C851" t="s">
+        <v>1887</v>
+      </c>
+      <c r="D851" t="s">
+        <v>9</v>
+      </c>
+      <c r="E851" t="s">
+        <v>10</v>
+      </c>
+      <c r="F851" t="s">
+        <v>1888</v>
+      </c>
+    </row>
+    <row r="852" spans="1:6">
+      <c r="A852" t="s">
+        <v>1889</v>
+      </c>
+      <c r="B852" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C852" t="s">
+        <v>1890</v>
+      </c>
+      <c r="D852" t="s">
+        <v>9</v>
+      </c>
+      <c r="E852" t="s">
+        <v>10</v>
+      </c>
+      <c r="F852" t="s">
+        <v>1891</v>
+      </c>
+    </row>
+    <row r="853" spans="1:6">
+      <c r="A853" t="s">
+        <v>1892</v>
+      </c>
+      <c r="B853" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C853" t="s">
+        <v>1893</v>
+      </c>
+      <c r="D853" t="s">
+        <v>9</v>
+      </c>
+      <c r="E853" t="s">
+        <v>10</v>
+      </c>
+      <c r="F853" t="s">
+        <v>1894</v>
+      </c>
+    </row>
+    <row r="854" spans="1:6">
+      <c r="A854" t="s">
+        <v>1895</v>
+      </c>
+      <c r="B854" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C854" t="s">
+        <v>1896</v>
+      </c>
+      <c r="D854" t="s">
+        <v>9</v>
+      </c>
+      <c r="E854" t="s">
+        <v>10</v>
+      </c>
+      <c r="F854" t="s">
+        <v>1897</v>
+      </c>
+    </row>
+    <row r="855" spans="1:6">
+      <c r="A855" t="s">
+        <v>1898</v>
+      </c>
+      <c r="B855" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C855" t="s">
+        <v>1899</v>
+      </c>
+      <c r="D855" t="s">
+        <v>9</v>
+      </c>
+      <c r="E855" t="s">
+        <v>10</v>
+      </c>
+      <c r="F855" t="s">
+        <v>1900</v>
+      </c>
+    </row>
+    <row r="856" spans="1:6">
+      <c r="A856" t="s">
+        <v>1901</v>
+      </c>
+      <c r="B856" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C856" t="s">
+        <v>1902</v>
+      </c>
+      <c r="D856" t="s">
+        <v>9</v>
+      </c>
+      <c r="E856" t="s">
+        <v>10</v>
+      </c>
+      <c r="F856" t="s">
+        <v>1903</v>
+      </c>
+    </row>
+    <row r="857" spans="1:6">
+      <c r="A857" t="s">
+        <v>1904</v>
+      </c>
+      <c r="B857" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C857" t="s">
+        <v>1905</v>
+      </c>
+      <c r="D857" t="s">
+        <v>9</v>
+      </c>
+      <c r="E857" t="s">
+        <v>10</v>
+      </c>
+      <c r="F857" t="s">
+        <v>1906</v>
+      </c>
+    </row>
+    <row r="858" spans="1:6">
+      <c r="A858" t="s">
+        <v>1907</v>
+      </c>
+      <c r="B858" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C858" t="s">
+        <v>1908</v>
+      </c>
+      <c r="D858" t="s">
+        <v>9</v>
+      </c>
+      <c r="E858" t="s">
+        <v>10</v>
+      </c>
+      <c r="F858" t="s">
+        <v>1909</v>
+      </c>
+    </row>
+    <row r="859" spans="1:6">
+      <c r="A859" t="s">
+        <v>1910</v>
+      </c>
+      <c r="B859" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C859" t="s">
+        <v>1911</v>
+      </c>
+      <c r="D859" t="s">
+        <v>9</v>
+      </c>
+      <c r="E859" t="s">
+        <v>10</v>
+      </c>
+      <c r="F859" t="s">
+        <v>1912</v>
+      </c>
+    </row>
+    <row r="860" spans="1:6">
+      <c r="A860" t="s">
+        <v>1913</v>
+      </c>
+      <c r="B860" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C860" t="s">
+        <v>1914</v>
+      </c>
+      <c r="D860" t="s">
+        <v>9</v>
+      </c>
+      <c r="E860" t="s">
+        <v>10</v>
+      </c>
+      <c r="F860" t="s">
+        <v>1915</v>
+      </c>
+    </row>
+    <row r="861" spans="1:6">
+      <c r="A861" t="s">
+        <v>1916</v>
+      </c>
+      <c r="B861" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C861" t="s">
+        <v>1917</v>
+      </c>
+      <c r="D861" t="s">
+        <v>9</v>
+      </c>
+      <c r="E861" t="s">
+        <v>10</v>
+      </c>
+      <c r="F861" t="s">
+        <v>1918</v>
+      </c>
+    </row>
+    <row r="862" spans="1:6">
+      <c r="A862" t="s">
+        <v>1919</v>
+      </c>
+      <c r="B862" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C862" t="s">
+        <v>1920</v>
+      </c>
+      <c r="D862" t="s">
+        <v>9</v>
+      </c>
+      <c r="E862" t="s">
+        <v>10</v>
+      </c>
+      <c r="F862" t="s">
+        <v>1921</v>
+      </c>
+    </row>
+    <row r="863" spans="1:6">
+      <c r="A863" t="s">
+        <v>1922</v>
+      </c>
+      <c r="B863" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C863" t="s">
+        <v>1923</v>
+      </c>
+      <c r="D863" t="s">
+        <v>9</v>
+      </c>
+      <c r="E863" t="s">
+        <v>10</v>
+      </c>
+      <c r="F863" t="s">
+        <v>1924</v>
+      </c>
+    </row>
+    <row r="864" spans="1:6">
+      <c r="A864" t="s">
+        <v>1925</v>
+      </c>
+      <c r="B864" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C864" t="s">
+        <v>1926</v>
+      </c>
+      <c r="D864" t="s">
+        <v>9</v>
+      </c>
+      <c r="E864" t="s">
+        <v>10</v>
+      </c>
+      <c r="F864" t="s">
+        <v>1927</v>
+      </c>
+    </row>
+    <row r="865" spans="1:6">
+      <c r="A865" t="s">
+        <v>1928</v>
+      </c>
+      <c r="B865" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C865" t="s">
+        <v>1929</v>
+      </c>
+      <c r="D865" t="s">
+        <v>9</v>
+      </c>
+      <c r="E865" t="s">
+        <v>10</v>
+      </c>
+      <c r="F865" t="s">
+        <v>1930</v>
+      </c>
+    </row>
+    <row r="866" spans="1:6">
+      <c r="A866" t="s">
+        <v>1931</v>
+      </c>
+      <c r="B866" t="s">
+        <v>1932</v>
+      </c>
+      <c r="C866" t="s">
+        <v>25</v>
+      </c>
+      <c r="D866" t="s">
+        <v>9</v>
+      </c>
+      <c r="E866" t="s">
+        <v>10</v>
+      </c>
+      <c r="F866" t="s">
+        <v>1933</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>