--- v0 (2025-10-10)
+++ v1 (2026-01-28)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4224" uniqueCount="2037">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5096" uniqueCount="2410">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -161,50 +161,86 @@
     <t>4823</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4823/08.pdf</t>
   </si>
   <si>
     <t>Acrescenta o § 6º ao art. 1°. da Lei Complementar nº 1.022, de 06 de maio de 2008, Estatuto dos Servidores Públicos Municipais, e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>4911</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4911/09__tranf_pdf.pdf</t>
   </si>
   <si>
     <t>Altera a TABELA 1 do ANEXO III e a Tabela 2 do ANEXO V da Lei Complementar nº 1.751, de 19 de julho de 2017, para incluir a função gratificada de encarregado pelo tratamento de dados pessoais no âmbito da Câmara Municipal de Juína-MT, nos termos do artigo 41 da Lei Geral de Proteção de Dados – LGPD, e dá outras providências.</t>
   </si>
   <si>
+    <t>5145</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5145/mensagem_032-2025_-_plc_-_dispoe_sobre_alteracao_de_subsidios_de_professor___-_juina2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a alteração de subsídios, com alteração de ANEXO e de TABELAS, na Lei Complementar Municipal n.º 1.399/2012, que dispõe sobre o Plano de Cargos, Carreira e Subsídio dos Profissionais da Educação Básica de Juína-MT e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5174</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>Luiza Boer, Geraldinho, Irineu Locatelli, Tonhão do Rancho, Vitor Gabriel</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5174/11.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Complementar nº 356, de 22 de dezembro de 1993, que “Dispõe sobre o Código de Posturas do Município de Juína”, para incluir dispositivo que proíbe a execução de músicas, áudios ou manifestações sonoras com conteúdo ofensivo à moral, aos bons costumes e às leis penais.</t>
+  </si>
+  <si>
+    <t>5207</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5207/mensagem_034-2025_-_plc_-_dispoe_sobre_alteracao_de_subsidios_de_professor___-_juina2025_2.pdf</t>
+  </si>
+  <si>
     <t>4621</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4621/011.pdf</t>
   </si>
   <si>
     <t>Altera a redação da Lei nº 2.146, de 19 de dezembro de 2024, que autoriza o Poder Executivo Municipal a promover a doação de imovel publico urbano ao Estado de Mato Grosso, e dá outras providências.</t>
   </si>
   <si>
     <t>4628</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4628/02.pdf</t>
@@ -266,77 +302,68 @@
   <si>
     <t>Autoriza o Poder Executivo a celebrar Termo de Cessão com o Município de Cuiabá / MT, e dá outras providências.</t>
   </si>
   <si>
     <t>4700</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4700/08.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a alienar mediante dação em pagamento o imóvel que menciona, com base no art. 76, I, a, da Lei Federal nº 14.133/2021, e dá outras providências.</t>
   </si>
   <si>
     <t>4712</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4712/09.pdf</t>
   </si>
   <si>
     <t>Poder Executivo Municipal. Fixa verba de natureza indenizatória aos agentes políticos do município de Juína/MT e dá outras providências.</t>
   </si>
   <si>
     <t>4713</t>
   </si>
   <si>
-    <t>10</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4713/101.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os procedimentos para concessão de parcelamento especial de débitos fiscais, nas condições que estabelece e da outras providências.</t>
   </si>
   <si>
     <t>4714</t>
   </si>
   <si>
-    <t>11</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4714/111.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os procedimentos para concessão de parcelamento especial de débitos fiscais de agua e esgoto, com dispensa de juros e multas, nas condições que estabelece e da outras providências.</t>
   </si>
   <si>
     <t>4781</t>
   </si>
   <si>
-    <t>12</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4781/12.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO PROGRAMA DE ASSISTÊNCIA À SAÚDE SUPLEMENTAR PARA VEREADORES E SERVIDORES DA CÂMARA MUNICIPAL DE JUÍNA - MT E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4824</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Delei Locutor</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4824/13.pdf</t>
   </si>
   <si>
     <t>Denomina “Campo de Futebol Edson Bispo da Silva” o campo de futebol localizado no Bairro Palmiteira, no Município de Juína, e dá outras providências.</t>
   </si>
   <si>
     <t>4819</t>
   </si>
   <si>
     <t>14</t>
@@ -492,50 +519,176 @@
     <t>Altera dispositivos da Lei nº 2004, de 16 de fevereiro de 2022, que dispõe sobre a concessão de diárias no âmbito da Câmara Municipal de Juína, Estado de Mato Grosso.</t>
   </si>
   <si>
     <t>5074</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5074/27.pdf</t>
   </si>
   <si>
     <t>Autoriza a criação de CNPJ para a Secretaria Municipal da Educação e da outras providências.</t>
   </si>
   <si>
     <t>5075</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5075/28.pdf</t>
   </si>
   <si>
     <t>Prorroga a vigência do Plano Municipal de Educação aprovado pela Municipal n.º 1.859, de 12 de junho de 2019 e da outras providências.</t>
+  </si>
+  <si>
+    <t>5134</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>Luiza Boer</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5134/pl_29.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a proibição da execução de músicas com conteúdo obsceno, sexual ou ofensivo em praças, parques e logradouros públicos no Município de Juína, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5137</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5137/pl30.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a firmar instrumento e alienar áreas públicas para construção de unidades habitacionais vinculadas aos Programas de Habitação Federal Minha Casa Minha Vida e Estadual Ser Família Habitação</t>
+  </si>
+  <si>
+    <t>5138</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5138/pl31.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Lei Orçamentária Anual - LOA, do Município de Juína, Estado de Mato Grosso, que estima a receita e fixa a despesa para o exercício financeiro de 2026, em conformidade com as disposições da Lei de Diretrizes Orçamentárias - LDO e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5151</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5151/32.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa “Vereador na Escola”, no âmbito do Município.</t>
+  </si>
+  <si>
+    <t>5175</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>Professor Carlito</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5175/33.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a padronização das cores utilizadas na pintura de prédios públicos no âmbito do Município de Juína e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5176</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5176/34.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a obrigatoriedade de associações, organizações da sociedade civil de interesse público (OSCIPs), cooperativas e entidades filantrópicas que recebam recursos públicos municipais apresentarem suas prestações de contas no sítio de transparência da Prefeitura de Juína, em link de fácil acesso à população, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5217</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5217/35_carlito.pdf</t>
+  </si>
+  <si>
+    <t>Estabelece a obrigatoriedade de realização de mesas de negociação entre o Poder Executivo e os sindicatos representantes das categorias profissionais da administração pública municipal.</t>
+  </si>
+  <si>
+    <t>5220</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5220/mensagem_036-2025-_pl_-_altera_a_ppa_2026-2029_-_juina2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera a redação do Artigo 4º e acrescenta os artigos 5°, 6° e 7° na Lei 2.181, de 02 de dezembro de 2025, que dispõe sobre o plano plurianual do Município de Juína/MT, para o quadriênio de 2026/2029, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5225</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5225/mensagem_037-2025_-_pl_-_dispoe_sobre_a_reformulacao_do_cmdr___-_juina2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a reformulação do Conselho Municipal de Desenvolvimento Rural Sustentável – CMDRS do Município de Juína–MT, revoga a Lei Municipal nº 656, de 19 de agosto de 2002 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5226</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5226/mensagem_038-2025_-_pl_-_institui_a_politica_municipal_de_desenvolvimento_rural_sustentavel_da_agricultura_familiar___-_juina2025_1.pdf</t>
+  </si>
+  <si>
+    <t>Institui a Política Municipal de Desenvolvimento Rural Sustentável da Agricultura Familiar no Município de Juína-MT e dá outras providências.</t>
   </si>
   <si>
     <t>4624</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4624/01-2025_anexo_auxilio_alimentacao.pdf</t>
   </si>
   <si>
     <t>Institui o Auxílio-Alimentação aos servidores públicos efetivos, comissionados e contratados da Câmara Municipal de Juína, Estado de Mato Grosso, nas condições que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>4669</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4669/02_horario_da_sessao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o local, dia e horário de realização das Sessões Ordinárias da Câmara Municipal de Juína-MT.</t>
   </si>
@@ -559,65 +712,86 @@
   </si>
   <si>
     <t>Altera dispositivos da Resolução nº 4, de 8 de novembro de 2016, que reformula o Regimento Interno da Câmara Municipal de Juína.</t>
   </si>
   <si>
     <t>5063</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5063/projeto_resolucao_5-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as normas e procedimentos para uso, guarda, conservação, manutenção e abastecimento dos veículos oficiais da Câmara Municipal de Juína/MT e dá outras providências.</t>
   </si>
   <si>
     <t>5064</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5064/06_p._resolucao_ass._projeto_....._assinado.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Resolução nº 4, de 8 de novembro _x000D_
 de 2016, que reformula o Regimento Interno da Câmara _x000D_
 Municipal de Juína.</t>
   </si>
   <si>
+    <t>5150</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5150/07.pdf</t>
+  </si>
+  <si>
+    <t>Regulamenta e Define Normas Sobre a Concessão de Homenagens e Honrarias pela Câmara Municipal.</t>
+  </si>
+  <si>
     <t>4599</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4599/01_licenca_prefeito.pdf</t>
   </si>
   <si>
     <t>Concede autorização ao Excelentíssimo Senhor Prefeito Paulo Augusto Veronese para ausentar-se do território do município no período de 10 de janeiro a 9 de fevereiro de 2025, para tratar de assuntos de interesse particular.</t>
   </si>
   <si>
+    <t>5227</t>
+  </si>
+  <si>
+    <t>CFO - Comissão de Finanças e Orçamento</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5227/02.pdf</t>
+  </si>
+  <si>
+    <t>Aprova as Contas Anuais de Governo do Município de Juína referentes ao exercício de 2024.</t>
+  </si>
+  <si>
     <t>4657</t>
   </si>
   <si>
     <t>SUBS</t>
   </si>
   <si>
     <t>Substitutivo</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4657/mensagem_004-2025_-_pl_-_substitutiva_da_mensagem_n.o_001-_rga-_juina2025_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual dos subsídios do prefeito, do vice-prefeito, dos secretários municipais, dos titulares de autarquias, fundações e dos órgãos autônomos e independentes do executivo municipal, e dos vencimentos dos servidores públicos municipais, da administração direta e indireta, do Poder Executivo, do município de Juína, Estado de Mato Grosso, a teor do artigo 37, inciso X, da Constituição Federal, para o exercício financeiro de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>4742</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4742/mensagem_012-2025_-_pl_-_substitutiva_da_mensagem_n.o_011-_parcelamento_especial_daes-_juina2025_1.pdf</t>
   </si>
   <si>
     <t>Dispõe  sobre  os procedimentos  para concessão para parcelamento especial de débitos fiscais de água e esgoto, com dispensa de juros e multa, nas condições  que estabelece e da outras  providências.</t>
   </si>
   <si>
     <t>4794</t>
@@ -631,99 +805,138 @@
   <si>
     <t>4825</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4825/15_substitutivo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover a doação de imóveis públicos urbanos ao Estado de Mato Grosso e dá outras providências</t>
   </si>
   <si>
     <t>5058</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5058/05_substitutivo_24.pdf</t>
   </si>
   <si>
     <t>Substitutivo: Autoriza o Poder Executivo Municipal a promover concessão de direito real de uso de ara de terra do município e declarar de utilidade publica o Clube de Tiro Juína e dá outras providências.</t>
   </si>
   <si>
     <t>5130</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5130/substitutivo_7.pdf</t>
   </si>
   <si>
-    <t>Substtitutivo n 7/2025 a Proposta de emenda à lei organica  n. 25/2025. Acrescenta o art. 107-A à Lei Orgânica Municipal, que dispõe sobre a Emenda Parlamentar Orçamentária Impositiva, em conformidade com o previsto na Emenda Constitucional 126/2022.</t>
+    <t>Substitutivo nº 7/2025 a Proposta de emenda à lei orgânica n.º 25/2025. Acrescenta o art. 107-A à Lei Orgânica Municipal, que dispõe sobre a Emenda Parlamentar Orçamentária Impositiva, em conformidade com o previsto na Emenda Constitucional 126/2022.</t>
   </si>
   <si>
     <t>5131</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5131/substitutivo_8.pdf</t>
   </si>
   <si>
-    <t>Substitutivo n. 8 ao Projetode Lei n 26/2025. Altera dispositivos da Lei nº 2004, de 16 de fevereiro de 2022, que dispõe sobre a concessão de diárias no âmbito da Câmara Municipal de Juína, Estado de Mato Grosso.</t>
+    <t>Substitutivo n.º 8 ao Projeto de Lei n.º 26/2025. Altera dispositivos da Lei nº 2004, de 16 de fevereiro de 2022, que dispõe sobre a concessão de diárias no âmbito da Câmara Municipal de Juína, Estado de Mato Grosso.</t>
+  </si>
+  <si>
+    <t>5219</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5219/09_plo_31.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Lei Orçamentária Anual – LOA, do município de Juína, Estado de Mato Grosso, que estima a receita e fixa a despesa para o exercício financeiro de 2026, em conformidade com as disposições da Lei de Diretrizes Orçamentárias – LDO e da outras providências.</t>
   </si>
   <si>
     <t>4667</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda a proposição</t>
   </si>
   <si>
-    <t>Luiza Boer</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4667/01_p.res._01_pdf.pdf</t>
   </si>
   <si>
     <t>Altera o Projeto de Resolução nº 01/2025 que institui o Auxílio-Alimentação aos servidores públicos efetivos, comissionados e contratados da Câmara Municipal de Juína, Estado de Mato Grosso, nas condições que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>5097</t>
   </si>
   <si>
     <t>Mesa Diretora, Alessandra Maldonado, Delei Locutor, Irineu Locatelli, Neguinho da Borracharia, Vitor Gabriel</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5097/02_plo_19.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa ao Projeto de Lei do Plano Plurianual 2026–2029, para suplementar em R$ 1.800.000,00 a dotação da Câmara Municipal de Juína (Código 14.001), em conformidade com o art. 29-A, inciso I, da Constituição Federal, com a correspondente redução em outras dotações.</t>
   </si>
   <si>
     <t>5098</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5098/03_plo_20.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa ao Projeto de Lei de Diretrizes Orçamentárias 2026, para suplementar em R$ 1.800.000,00 a dotação da Câmara Municipal de Juína (Código 14.001), em conformidade com o art. 29-A, inciso I, da Constituição Federal, com a correspondente redução em outras dotações.</t>
+  </si>
+  <si>
+    <t>5177</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5177/04_plc_10.pdf</t>
+  </si>
+  <si>
+    <t>Modifica a redação ao art. 1º § 1º do Projeto de Lei Complementar nº 10/2025, que passam a vigorar com a seguinte redação.</t>
+  </si>
+  <si>
+    <t>5158</t>
+  </si>
+  <si>
+    <t>TET</t>
+  </si>
+  <si>
+    <t>Veto</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5158/01.pdf</t>
+  </si>
+  <si>
+    <t>Mensagem de Veto nº 01 de 16 de outubro de 2025 sobre o Projeto de Lei nº 19/2025 que dispõe sobre o Plano Plurianual do município de Juína para o exercício 2026 / 2029</t>
+  </si>
+  <si>
+    <t>5159</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5159/02.pdf</t>
+  </si>
+  <si>
+    <t>Mensagem de Veto nº 02 de 16 de outubro de 2025 sobre o Projeto de Lei nº 20 /2025  QUE Dispõe sobre a Lei Orçamentária Anual — LOA, do Município de Juína, Estado de Mato Grosso, que estima a receita e fixa a despesa para o exercício financeiro de 2026, em conformidade com as disposições da Lei de Diretrizes Orçamentárias - LDO, e dá outras providências.</t>
   </si>
   <si>
     <t>4600</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer da CLJRF.</t>
   </si>
   <si>
     <t>CLJRF - Comissão de Legislação, Justiça e Redação Final</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4600/01_pdl_01_pdf.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 01/CLJRF/2025._x000D_
 RELATORIA: vereador Vitor Gabriel_x000D_
 CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria._x000D_
 _x000D_
 Projeto de Decreto Legislativo  nº 1/2025_x000D_
 AUTORIA: Mesa Diretora – Câmara Municipal de Juína_x000D_
 Concessão de autorização ao Excelentíssimo Senhor Prefeito Paulo Augusto Veronese para ausentar-se do território do município no período de 10 de janeiro a 9 de fevereiro de 2025, para tratar</t>
   </si>
@@ -991,53 +1204,50 @@
 _x000D_
 Projeto de Lei nº 12/2025_x000D_
 Autoria: Mesa Diretora Câmara Municipal _x000D_
 DISPÕE SOBRE A INSTITUIÇÃO DO PROGRAMA DE ASSISTÊNCIA À SAÚDE SUPLEMENTAR PARA SERVIDORES DA CÂMARA MUNICIPAL DE JUÍNA - MT E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4807</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4807/19_plc_05.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 19/CLJRF/2025._x000D_
 RELATORIA: vereador Vanderlei Monteiro_x000D_
 CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria._x000D_
 _x000D_
 _x000D_
 Projeto de Lei Complementar nº 5/2025_x000D_
 Autoria: Poder Executivo Municipal _x000D_
 Altera a redação do inciso I do artigo 139 da Lei Complementar n° 2.019/2022, que institui o Código de Obras do Município de Juína-MT, e dá outras providências.</t>
   </si>
   <si>
     <t>4833</t>
   </si>
   <si>
-    <t>CFO - Comissão de Finanças e Orçamento</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4833/20_plo_15.pdf</t>
   </si>
   <si>
     <t>PARECER Nº20/CLJRF/2025._x000D_
 RELATORIA: vereador Vitor Gabriel_x000D_
 CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria._x000D_
 _x000D_
 Substitutivo nº 4 ao Projeto de Lei nº 15/2025_x000D_
 Autoria: Poder Executivo Municipal_x000D_
 Autoriza o Poder Executivo Municipal a promover a doação de imóveis públicos urbanos ao Estado de Mato Grosso e dá outras providências.</t>
   </si>
   <si>
     <t>4841</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4841/21_plc_07.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 21/CLJRF/2025._x000D_
 RELATORIA: vereador Vitor Gabriel_x000D_
 CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria._x000D_
 _x000D_
 Projeto de Lei Complementar nº 7/2025_x000D_
 Autoria: Poder Executivo Municipal_x000D_
 Dispõe sobre alteração do art. 58, caput e § 1º, da Lei Complementar Municipal n.º 1.570/2015, e dá outras providências.</t>
@@ -1124,215 +1334,185 @@
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4927/27_plc_09.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 27/CLJRF/2025_x000D_
 RELATORIA: vereador Vitor Gabriel_x000D_
 CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria._x000D_
 _x000D_
 _x000D_
 Projeto de Lei Complementar nº 9/2025_x000D_
 Autoria: Mesa Diretora_x000D_
 Altera a TABELA 1 e o ANEXO V da Lei Complementar nº 1.751, de 19 de julho de 2017, para incluir a Função Gratificada de Encarregado pelo Tratamento de Dados Pessoais no âmbito da Câmara Municipal de Juína-MT, nos termos do artigo 41 da Lei Geral de Proteção de Dados – LGPD, e dá outras providências.</t>
   </si>
   <si>
     <t>4939</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4939/28_plc_09.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 28/CLJRF/2025 RELATORIA: vereador Vanderlei Bernardes. CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria. Projeto de Lei Complementar nº 9/2025 Autoria: Mesa Diretora Altera a TABELA 1 e o ANEXO V da Lei Complementar nº 1.751, de 19 de julho de 2017, para incluir a Função Gratificada de Encarregado pelo Tratamento de Dados Pessoais no âmbito da Câmara Municipal de Juína-MT, nos termos do artigo 41 da Lei Geral de Proteção de Dados – LGPD, e dá outras providências.</t>
   </si>
   <si>
     <t>4959</t>
   </si>
   <si>
-    <t>29</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4959/29_plo_17.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 29/CLJRF/2025._x000D_
 RELATORIA: vereador Vanderlei Monteiro_x000D_
 CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria._x000D_
 _x000D_
 Projeto de Lei nº 17/2025_x000D_
 Autoria: vereador Ailton Barbosa de Oliveira_x000D_
 Ementa: Institui o mês de prevenção aos acidentes do trabalho e doenças ocupacionais no município de Juína, Estado de Mato Grosso.</t>
   </si>
   <si>
     <t>4960</t>
   </si>
   <si>
-    <t>30</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4960/30_plo_18.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 30/CLJRF/2025._x000D_
 RELATORIA: vereador Vanderlei Monteiro_x000D_
 CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria._x000D_
 _x000D_
 Projeto de Lei nº 18/2025_x000D_
 Autoria: Poder Executivo Municipal_x000D_
 Ementa: Autoriza o Poder Executivo Municipal a abrir crédito adicional suplementar no orçamento vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>5046</t>
   </si>
   <si>
-    <t>31</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5046/31_plo_21_escaneado.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 31/CLJRF/2025._x000D_
 RELATORIA: vereador Vitor Gabriel _x000D_
 CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria._x000D_
 _x000D_
 Projeto de Lei nº 21/2025_x000D_
 Autoria: Poder Executivo Municipal_x000D_
 Autoriza o Poder Executivo Municipal a desafetação da destinação original das áreas de terras pertencentes ao patrimônio municipal que menciona, e dá outras providências.</t>
   </si>
   <si>
     <t>5047</t>
   </si>
   <si>
-    <t>32</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5047/32_plo_22_escaneado.pdf</t>
   </si>
   <si>
     <t>PARECER Nº32/CLJRF/2025._x000D_
 RELATORIA: vereador Vitor Gabriel_x000D_
 CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria._x000D_
 _x000D_
 Projeto de Lei nº 22/2025_x000D_
 Autoria: Poder Executivo Municipal_x000D_
 Autoriza o Poder Executivo Municipal a desafetação da destinação original das áreas de terras pertencentes ao patrimônio municipal que menciona, e dá outras providências.</t>
   </si>
   <si>
     <t>5048</t>
   </si>
   <si>
-    <t>33</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5048/33_plo_23_escaneado.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 33/CLJRF/2025._x000D_
 RELATORIA: vereador Vitor Gabriel_x000D_
 CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria._x000D_
 _x000D_
 Projeto de Lei nº 23/2025_x000D_
 Autoria: Poder Executivo Municipal_x000D_
 Autoriza o Poder Executivo Municipal a receber em doação uma área de terra em Juína/MT e dá outras providências.</t>
   </si>
   <si>
     <t>5057</t>
   </si>
   <si>
-    <t>34</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5057/34_plo_24.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 34/CLJRF/2025._x000D_
 RELATORIA: vereador Vitor Gabriel_x000D_
 CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria._x000D_
 _x000D_
 Projeto de Lei nº 24/2025_x000D_
 Autoria: Poder Executivo Municipal_x000D_
 Autoriza o Poder Executivo Municipal a promover concessão de direito real de uso de área de terra do município e declarar de utilidade pública o Clube de Tiro Juína e dá outras providências.</t>
   </si>
   <si>
     <t>5078</t>
   </si>
   <si>
-    <t>35</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5078/35_plo_27.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 35/CLJRF/2025._x000D_
 RELATORIA: vereador Vitor Gabriel_x000D_
 CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria._x000D_
 _x000D_
 Projeto de Lei nº 27/2025_x000D_
 Autoria: Poder Executivo Municipal_x000D_
 Autoriza a criação de CNPJ para a Secretaria Municipal da Educação e da outras providências.</t>
   </si>
   <si>
     <t>5099</t>
   </si>
   <si>
-    <t>36</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5099/36_plo_19.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 36/CLJRF/2025._x000D_
 RELATORIA: vereador Vitor Gabriel _x000D_
 CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria._x000D_
 _x000D_
 Projeto de Lei nº 19/2025_x000D_
 Autoria: Poder Executivo Municipal_x000D_
 Ementa: DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO DE JUÍNA PARA O QUADRIÊNIO 2026-2029.</t>
   </si>
   <si>
     <t>5100</t>
   </si>
   <si>
-    <t>37</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5100/37_plo_20.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 37/CLJRF/2025._x000D_
 RELATORIA: vereador Vitor Gabriel _x000D_
 CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria._x000D_
 _x000D_
 Projeto de Lei nº 20/2025_x000D_
 Autoria: Poder Executivo Municipal_x000D_
 Ementa: Dispõe sobre a Lei de Diretrizes Orçamentárias - LDO, do município de Juína - MT para a elaboração e execução da Lei Orçamentária Anual - LOA, referente ao exercício financeiro de 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>5086</t>
   </si>
   <si>
-    <t>38</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5086/38_plo_25.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 38/CLJRF/2025._x000D_
 RELATORIA: Vanderlei Churrasqueiro_x000D_
 CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria._x000D_
 _x000D_
 Projeto de Lei nº 25/2025_x000D_
 Autoria: Mesa Diretora_x000D_
 "Altera o art. 2º, o inciso I do art. 8º e o inciso III do art. 12 e acrescenta o inciso V ao art. 5 da Lei nº 2.066, de 19 de dezembro de 2022, que Dispõe sobre o regime de adiantamento de numerários na Câmara Municipal de Juína e dá outras providências".</t>
   </si>
   <si>
     <t>5101</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5101/39_plo_28.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 39/CLJRF/2025._x000D_
 RELATORIA: vereador Vitor Gabriel_x000D_
 CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria._x000D_
 _x000D_
@@ -1371,50 +1551,285 @@
     <t>PARECER Nº 43/CLJRF/2025._x000D_
 RELATORIA: vereador Vanderlei Churrasqueiro_x000D_
 CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria._x000D_
 _x000D_
 Emenda Modificativa nº 02/2025 ao Projeto de Lei do Plano Plurianual (PPA) 2026-2029._x000D_
 Autor: Mesa Diretora e outros Vereadores._x000D_
 Ementa da Emenda: Suplementar em R$ 1.800.000,00 a dotação da Câmara Municipal de Juína no PPA.</t>
   </si>
   <si>
     <t>5115</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5115/44_eplo_20.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 44/CLJRF/2025._x000D_
 RELATORIA: vereador Vanderlei Churrasqueiro_x000D_
 CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria._x000D_
 _x000D_
 Emenda Modificativa nº 3/2025 ao Projeto de Lei de Diretrizes Orçamentárias (LDO) para o exercício de 2026._x000D_
 Autor: Mesa Diretora e outros Vereadores._x000D_
 Ementa da Emenda: Suplementa em R$ 1.800.000,00 a dotação da Câmara Municipal de Juína.</t>
+  </si>
+  <si>
+    <t>5156</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5156/45_subs._8_plo_26..pdf</t>
+  </si>
+  <si>
+    <t>PARECER Nº 45/CLJRF/2025._x000D_
+RELATORIA: vereador Vanderlei Churrasqueiro_x000D_
+CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria._x000D_
+_x000D_
+Substitutivo nº 8 ao Projeto de Lei Ordinária: 26/2025._x000D_
+Autor: Mesa Diretora._x000D_
+Altera dispositivos das Lei nº 2.004, de 16 de fevereiro de 2022, que dispõe sobre a concessão de diárias no âmbito da Câmara Municipal de Juína.</t>
+  </si>
+  <si>
+    <t>5157</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5157/46_subs.7_pelom_25.pdf</t>
+  </si>
+  <si>
+    <t>PARECER Nº46/CLJRF/2025._x000D_
+RELATORIA: vereador Vanderlei Churrasqueiro_x000D_
+CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria._x000D_
+_x000D_
+Substitutivo nº 7/2025 a Proposta de Emenda à Lei Orgânica Municipal (PELOM): nº25/2025._x000D_
+Autor: Mesa Diretora e outros Vereadores._x000D_
+Ementa: Acrescenta o art. 107-A à Lei Orgânica Municipal, que dispõe sobre a Emenda Parlamentar Orçamentária Impositiva, em conformidade com o previsto na Emenda Constitucional 126/2022.</t>
+  </si>
+  <si>
+    <t>5164</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5164/48_plo_30.pdf</t>
+  </si>
+  <si>
+    <t>PARECER Nº 48/CLJRF/2025._x000D_
+RELATORIA: vereador Vitor Gabriel_x000D_
+CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria._x000D_
+_x000D_
+Projeto de Lei nº 30/2025_x000D_
+Autoria: Poder Executivo Municipal_x000D_
+Ementa: Autoriza o Poder Executivo Municipal a firmar instrumento e alienar áreas públicas para construção de unidades habitacionais vinculadas aos Programas de Habitação Federal Minha Casa Minha Vida e Estadual Ser Família Habitação.</t>
+  </si>
+  <si>
+    <t>5184</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5184/49_plc_10.pdf</t>
+  </si>
+  <si>
+    <t>PARECER Nº 49/CLJRF/2025._x000D_
+RELATORIA: vereador Vitor Gabriel_x000D_
+CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria._x000D_
+_x000D_
+Projeto de Lei Complementar nº 10/2025_x000D_
+Autoria: Poder Executivo_x000D_
+Ementa: Dispõe sobre a alteração de subsídios, com alteração de ANEXO e de TABELAS, na Lei Complementar Municipal n.º 1.399/2012, que dispõe sobre o Plano de Cargos, Carreira e Subsídio dos Profissionais da Educação Básica de Juína-MT e dá outras providências</t>
+  </si>
+  <si>
+    <t>5192</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5192/50_emenda_04.pdf</t>
+  </si>
+  <si>
+    <t>PARECER Nº 50/CLJRF/2025._x000D_
+RELATORIA: vereador Vitor Gabriel_x000D_
+CONCLUSÃO DA RELATORIA: contrario á tramitação da matéria._x000D_
+_x000D_
+Emenda n° 4/2025_x000D_
+Projeto de Lei Complementar nº 10/2025_x000D_
+Autor da Emenda: Vereador Carlito Pereira da Rocha_x000D_
+Assunto: Alteração do art. 1º do PLC nº 10/2025, estendendo o reajuste de 18,51% a todos os cargos e níveis da Lei Complementar Municipal nº 1.399/2012.</t>
+  </si>
+  <si>
+    <t>5193</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5193/51_plo_32.pdf</t>
+  </si>
+  <si>
+    <t>PARECER Nº 51/CLJRF/2025._x000D_
+RELATORIA: vereador Vanderlei Bernardes Prestes_x000D_
+CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria._x000D_
+_x000D_
+Projeto de Lei nº 32/2025_x000D_
+Autoria: Mesa Diretora_x000D_
+Ementa: Institui o Programa “Vereador na Escola”, no âmbito do Município.</t>
+  </si>
+  <si>
+    <t>5194</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5194/52_plc_11.pdf</t>
+  </si>
+  <si>
+    <t>PARECER Nº 52/CLJRF/2025._x000D_
+RELATORIA: vereador Vanderlei Monteiro_x000D_
+CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria._x000D_
+_x000D_
+Projeto de Lei Complementar nº 11/2025_x000D_
+Autoria: Luiza Boer_x000D_
+Ementa: Altera a Lei Complementar nº 356, de 22 de dezembro de 1993, que “Dispõe sobre o Código de Posturas do Município de Juína”, para incluir dispositivo que proíbe a execução de músicas, áudios ou manifestações sonoras com conteúdo ofensivo à moral, aos bons costumes e às leis penais.</t>
+  </si>
+  <si>
+    <t>5208</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5208/53_plc_12.pdf</t>
+  </si>
+  <si>
+    <t>PARECER Nº 53/CLJRF/2025._x000D_
+RELATORIA: vereador Antônio José da Silva_x000D_
+CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria._x000D_
+_x000D_
+Projeto de Lei Complementar nº 12/2025_x000D_
+Autoria: Poder Executivo Municipal_x000D_
+Ementa: Dispõe sobre a alteração de subsídios, com alteração de ANEXO e de TABELAS, na Lei Complementar Municipal n.º 1.399/2012, que dispõe sobre o Plano de Cargos, Carreira e Subsídio dos Profissionais da Educação Básica de Juína-MT e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5232</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5232/54_subs_09_plo_31.pdf</t>
+  </si>
+  <si>
+    <t>PARECER Nº 54/CLJRF/2025._x000D_
+RELATORIA: vereador Vitor Gabriel_x000D_
+CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria._x000D_
+_x000D_
+Substitutivo n° 9 do Projeto de Lei 31 nº 12/2025_x000D_
+Autoria: Poder Executivo Municipal. _x000D_
+Ementa: Dispõe sobre a Lei Orçamentária Anual – LOA, do município de Juína, Estado de Mato Grosso, que estima a receita e fixa a despesa para o exercício financeiro de 2026, em conformidade com as disposições da Lei de Diretrizes Orçamentárias – LDO e da outras providências.</t>
+  </si>
+  <si>
+    <t>5233</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5233/55_plo_35.pdf</t>
+  </si>
+  <si>
+    <t>PARECER Nº 55/CLJRF/2025._x000D_
+RELATORIA: vereador Vitor Gabriel_x000D_
+CONCLUSÃO DA RELATORIA: contrario à tramitação da matéria._x000D_
+_x000D_
+Projeto de Lei n° 35/2025_x000D_
+Autoria: vereador Carlito Pereira da Rocha _x000D_
+Ementa: Estabelece a obrigatoriedade de realização de mesas de negociação entre o Poder Executivo e os sindicatos representantes das categorias profissionais da administração pública municipal.</t>
+  </si>
+  <si>
+    <t>5234</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5234/56_plo_36.pdf</t>
+  </si>
+  <si>
+    <t>PARECER Nº 56/CLJRF/2025._x000D_
+RELATORIA: vereador Vitor Gabriel_x000D_
+CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria._x000D_
+_x000D_
+Projeto de Lei n° 36/2025_x000D_
+Autoria: Poder Executivo Municipal _x000D_
+Ementa: Altera a redação do Artigo 4º e acrescenta os artigos 5°, 6° e 7° na Lei 2.181, de 02 de dezembro de 2025, que dispõe sobre o plano plurianual do Município de Juína/MT, para o quadriênio de 2026/2029, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5236</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5236/57_plo_37.pdf</t>
+  </si>
+  <si>
+    <t>PARECER Nº 57/CLJRF/2025._x000D_
+RELATORIA: vereador Vitor Gabriel_x000D_
+CONCLUSÃO DA RELATORIA:  Favorável à tramitação da matéria._x000D_
+_x000D_
+Projeto de Lei n° 37/2025_x000D_
+Autoria: Poder Executivo Municipal_x000D_
+Ementa: Dispõe sobre a reformulação do Conselho Municipal de Desenvolvimento Rural Sustentável – CMDRS do Município de Juína–MT, revoga a Lei Municipal nº 656, de 19 de agosto de 2002 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5237</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5237/58_plo_38.pdf</t>
+  </si>
+  <si>
+    <t>PARECER Nº 58/CLJRF/2025._x000D_
+RELATORIA: vereador Vitor Gabriel_x000D_
+CONCLUSÃO DA RELATORIA:  Favorável à tramitação da matéria._x000D_
+_x000D_
+Projeto de Lei n° 38/2025_x000D_
+Autoria: Poder Executivo Municipal_x000D_
+Ementa: Institui a Política Municipal de Desenvolvimento Rural Sustentável da Agricultura Familiar no Município de Juína-MT e dá outras providências.</t>
   </si>
   <si>
     <t>4631</t>
   </si>
   <si>
     <t>Parecer da CFO.</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4631/01_-_plo_1.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 01/CFO/2025_x000D_
 RELATORIA: Vereadora Alessandra Maldonado_x000D_
 CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria.</t>
   </si>
   <si>
     <t>4663</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4663/02_plo_02.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 02/CFO/2025_x000D_
 RELATORIA: Vereadora Alessandra Maldonado_x000D_
 CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria._x000D_
@@ -1706,53 +2121,50 @@
 _x000D_
 Projeto de Lei nº 14/2025_x000D_
 Autoria: Poder Executivo Municipal_x000D_
 Declara de utilidade publica no âmbito do município de Juína/MT à Associação Pequeno Pepe e dá outras providências.</t>
   </si>
   <si>
     <t>4926</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4926/22_plc_09.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 22/CFO/2025_x000D_
 RELATORIA: vereador Alessandra Maldonado_x000D_
 CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria._x000D_
 _x000D_
 _x000D_
 Projeto de Lei Complementar nº 9/2025_x000D_
 Autoria: Mesa Diretora_x000D_
 Altera a TABELA 1 e o ANEXO V da Lei Complementar nº 1.751, de 19 de julho de 2017, para incluir a Função Gratificada de Encarregado pelo Tratamento de Dados Pessoais no âmbito da Câmara Municipal de Juína-MT, nos termos do artigo 41 da Lei Geral de Proteção de Dados – LGPD, e dá outras providências.</t>
   </si>
   <si>
     <t>4930</t>
   </si>
   <si>
-    <t>Professor Carlito</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4930/22_plc_09.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 23/CFO/2025_x000D_
 RELATORIA: vereador Carlito Pereira da Rocha_x000D_
 CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria._x000D_
 _x000D_
 _x000D_
 Projeto de Lei Complementar nº 9/2025_x000D_
 Autoria: Mesa Diretora_x000D_
 Altera a TABELA 1 e o ANEXO V da Lei Complementar nº 1.751, de 19 de julho de 2017, para incluir a Função Gratificada de Encarregado pelo Tratamento de Dados Pessoais no âmbito da Câmara Municipal de Juína-MT, nos termos do artigo 41 da Lei Geral de Proteção de Dados – LGPD, e dá outras providências.</t>
   </si>
   <si>
     <t>4961</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4961/24_plo_17.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 24/CFO/2025_x000D_
 RELATORIA: vereador Alessandra Maldonado_x000D_
 CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria._x000D_
 _x000D_
 _x000D_
 Projeto de Lei nº 17/2025_x000D_
@@ -1910,86 +2322,346 @@
     <t>PARECER Nº 34/CFO/2025_x000D_
 RELATORIA: vereador Carlito Pereira da Rocha_x000D_
 CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria._x000D_
 _x000D_
 _x000D_
 Emenda Modificativa nº 02/2025 ao Projeto de Lei do Plano Plurianual (PPA) 2026-2029._x000D_
 Autor: Mesa Diretora e outros Vereadores._x000D_
 Ementa da Emenda: Suplementar em R$ 1.800.000,00 a dotação da Câmara Municipal de Juína no PPA.</t>
   </si>
   <si>
     <t>5117</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5117/35_eplo_20_escaneada.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 35/CFO/2025_x000D_
 RELATORIA: vereador Carlito Pereira da Rocha_x000D_
 CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria._x000D_
 _x000D_
 Emenda Modificativa nº 3/2025 ao Projeto de Lei de Diretrizes Orçamentárias (LDO) para o exercício de 2026._x000D_
 Autor: Mesa Diretora e outros Vereadores._x000D_
 Ementa da Emenda: Suplementa em R$ 1.800.000,00 a dotação da Câmara Municipal de Juína.</t>
   </si>
   <si>
+    <t>5154</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5154/36_subs._8_plo_26.pdf</t>
+  </si>
+  <si>
+    <t>PARECER Nº 36/CFO/2025_x000D_
+RELATORIA: vereador Carlito Pereira da Rocha_x000D_
+CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria._x000D_
+_x000D_
+Substitutivo nº 8 ao Projeto de Lei Ordinária: 26/2025._x000D_
+Autor: Mesa Diretora._x000D_
+Altera a redação do art. 8º e do inciso I, suprime o inciso II e acrescenta o inciso III ao art. 11 da Lei nº 2.004, de 16 de fevereiro de 2022, que dispõe sobre o regime de diárias da Câmara Municipal de Juína e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5155</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5155/37_subs._7_pelom_25.pdf</t>
+  </si>
+  <si>
+    <t>PARECER Nº 37/CFO/2025_x000D_
+RELATORIA: vereador Carlito Pereira da Rocha_x000D_
+CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria._x000D_
+_x000D_
+Substitutivo nº 7 a Proposta de Emenda à Lei Orgânica Municipal (PELOM): 25/2025._x000D_
+Autor: Mesa Diretora e outros Vereadores._x000D_
+Ementa: Acrescenta o art. 107-A à Lei Orgânica Municipal, que dispõe sobre a Emenda Parlamentar Orçamentária Impositiva, em conformidade com o previsto na Emenda Constitucional 126/2022.</t>
+  </si>
+  <si>
+    <t>5167</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5167/39_plo_30_assinado.pdf</t>
+  </si>
+  <si>
+    <t>PARECER Nº 39/CFO/2025 RELATORIA: vereadora Alessandra Maldonado CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria. I. RELATÓRIO Projeto de Lei Ordinária: 30/2025. Autor: Poder Executivo Municipal Autoriza o Poder Executivo Municipal a firmar instrumento e alienar áreas públicas para construção de unidades habitacionais vinculadas aos Programas de Habitação Federal Minha Casa Minha Vida e Estadual Ser Família Habitação.</t>
+  </si>
+  <si>
+    <t>5185</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5185/40_plc_10.pdf</t>
+  </si>
+  <si>
+    <t>PARECER Nº 40/CFO/2025_x000D_
+RELATORIA: vereador Alessandra Maldonado_x000D_
+CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria._x000D_
+_x000D_
+Projeto de Lei Complementar nº 10/2025._x000D_
+Autor: Poder Executivo_x000D_
+Dispõe sobre a alteração de subsídios, com alteração de ANEXO e de TABELAS, na Lei Complementar Municipal n.º 1.399/2012, que dispõe sobre o Plano de Cargos, Carreira e Subsídio dos Profissionais da Educação Básica de Juína-MT e dá outras providências</t>
+  </si>
+  <si>
+    <t>5187</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>CEEC - Comissão de Educação, Esporte e Cultura</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5187/41_pemenda_4_plc_10.pdf</t>
+  </si>
+  <si>
+    <t>PARECER n.º 41/2025_x000D_
+Emenda n Projeto de Lei nº 30/2025 _x000D_
+Relator: vereadora Alessandra Maldonado_x000D_
+_x000D_
+_x000D_
+Emenda Modificativa nº 4/2025_x000D_
+Projeto de Lei Complementar nº 10/2025_x000D_
+Origem: Poder Executivo Municipal_x000D_
+Autor da Emenda: Vereador Carlito Pereira da Rocha_x000D_
+Assunto: Alteração do art. 1º do PLC nº 10/2025 para estender o reajuste de 18,51% a todos os cargos da Lei Complementar nº 1.399/2012</t>
+  </si>
+  <si>
+    <t>5188</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5188/42_plo_32.pdf</t>
+  </si>
+  <si>
+    <t>PARECER n.º 42/2025_x000D_
+Projeto de Lei nº 32/2025 _x000D_
+Relator: vereadora Carlito Pereira da Rocha_x000D_
+_x000D_
+_x000D_
+Projeto de Lei nº 32/2025_x000D_
+Autoria: Mesa Diretora_x000D_
+Institui o Programa “Vereador na Escola”, no âmbito do Município.</t>
+  </si>
+  <si>
+    <t>5189</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5189/43_plc_11.pdf</t>
+  </si>
+  <si>
+    <t>PARECER n.º 43/2025_x000D_
+Projeto de Lei Complementar nº 11/2025 _x000D_
+Relator: vereadora Alessandra Maldonado_x000D_
+_x000D_
+_x000D_
+Projeto de Lei Complementar nº 11/2025_x000D_
+Autoria: vereadora Luiza Boer_x000D_
+Altera a Lei Complementar nº 356/1993 (Código de Posturas), para incluir capítulo que proíbe a execução de músicas, áudios ou manifestações sonoras ofensivas à moral, aos bons costumes e às leis penais.</t>
+  </si>
+  <si>
+    <t>5190</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5190/44_veto_01.pdf</t>
+  </si>
+  <si>
+    <t>PARECER Nº 44/CFO/2025_x000D_
+RELATORIA: vereador Alessandra Maldonado _x000D_
+CONCLUSÃO DA RELATORIA: Contrario a tramitação da matéria._x000D_
+_x000D_
+Veto nº 01/2025 ao Projeto de Lei Ordinária: 19/2025._x000D_
+Autor: Poder Executivo.</t>
+  </si>
+  <si>
+    <t>5191</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5191/45_veto_02.pdf</t>
+  </si>
+  <si>
+    <t>PARECER Nº 45/CFO/2025_x000D_
+RELATORIA: vereador Alessandra Maldonado _x000D_
+CONCLUSÃO DA RELATORIA: Contrario a tramitação da matéria._x000D_
+_x000D_
+Veto nº 02/2025 ao Projeto de Lei Ordinária: 19/2025._x000D_
+Autor: Poder Executivo.</t>
+  </si>
+  <si>
+    <t>5209</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5209/46_plc_12.pdf</t>
+  </si>
+  <si>
+    <t>PARECER Nº 46/CFO/2025_x000D_
+RELATORIA: vereador Alessandra Maldonado _x000D_
+CONCLUSÃO DA RELATORIA: Favorável a tramitação e aprovação_x000D_
+_x000D_
+Projeto de Lei Complementar nº 12/2025_x000D_
+Autoria: Poder Executivo Municipal_x000D_
+Ementa: Dispõe sobre a alteração de subsídios, com alteração de ANEXO e de TABELAS, na Lei Complementar Municipal n.º 1.399/2012, que dispõe sobre o Plano de Cargos, Carreira e Subsídio dos Profissionais da Educação Básica de Juína-MT e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5230</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5230/47_subs._9_plo_31.pdf</t>
+  </si>
+  <si>
+    <t>PARECER Nº 47/CFO/2025_x000D_
+RELATORIA: vereador Alessandra Maldonado _x000D_
+CONCLUSÃO DA RELATORIA: Favorável a tramitação e aprovação_x000D_
+_x000D_
+Substitutivo n° 9 ao Projeto de Lei nº 31/2025_x000D_
+Autoria: Poder Executivo Municipal_x000D_
+Ementa: Dispõe sobre a Lei Orçamentária Anual – LOA, do município de Juína, Estado de Mato Grosso, que estima a receita e fixa a despesa para o exercício financeiro de 2026, em conformidade com as disposições da Lei de Diretrizes Orçamentárias – LDO e da outras providências.</t>
+  </si>
+  <si>
+    <t>5231</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5231/48_plo_36.pdf</t>
+  </si>
+  <si>
+    <t>PARECER Nº 48/CFO/2025_x000D_
+RELATORIA: vereador Alessandra Maldonado _x000D_
+CONCLUSÃO DA RELATORIA: Favorável a tramitação e aprovação_x000D_
+_x000D_
+Projeto de Lei nº 36/2025_x000D_
+Autoria: Poder Executivo Municipal_x000D_
+Ementa: Altera a redação do Artigo 4º e acrescenta os artigos 5°, 6° e 7° na Lei 2.181, de 02 de dezembro de 2025, que dispõe sobre o plano plurianual do Município de Juína/MT, para o quadriênio de 2026/2029, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5238</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5238/49_plo_37.pdf</t>
+  </si>
+  <si>
+    <t>PARECER Nº 49/CFO/2025_x000D_
+RELATORIA: vereador Alessandra Maldonado _x000D_
+CONCLUSÃO DA RELATORIA: Favorável a tramitação e aprovação_x000D_
+_x000D_
+Projeto de Lei nº 37/2025_x000D_
+Autoria: Poder Executivo Municipal_x000D_
+Ementa: Dispõe sobre a reformulação do Conselho Municipal de Desenvolvimento Rural Sustentável – CMDRS do Município de Juína–MT, revoga a Lei Municipal nº 656, de 19 de agosto de 2002 e dá outras providências</t>
+  </si>
+  <si>
+    <t>5239</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5239/50_plo_38.pdf</t>
+  </si>
+  <si>
+    <t>PARECER Nº 50/CFO/2025_x000D_
+RELATORIA: vereador Alessandra Maldonado _x000D_
+CONCLUSÃO DA RELATORIA: Favorável a tramitação e aprovação_x000D_
+_x000D_
+Projeto de Lei nº 38/2025_x000D_
+Autoria: Poder Executivo Municipal_x000D_
+Ementa: Institui a Política Municipal de Desenvolvimento Rural Sustentável da Agricultura Familiar no Município de Juína-MT e dá outras providências.</t>
+  </si>
+  <si>
     <t>5076</t>
   </si>
   <si>
     <t>Parecer CEEC.</t>
-  </si>
-[...1 lines deleted...]
-    <t>CEEC - Comissão de Educação, Esporte e Cultura</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5076/01_plo_27.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 1/CEEC/2025_x000D_
 RELATORIA: vereador Vanderlei Monteiro_x000D_
 CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria._x000D_
 _x000D_
 _x000D_
 Projeto de Lei nº 27/2025_x000D_
 Autoria: Poder Executivo Municipal_x000D_
 Autoriza a criação de CNPJ para a Secretaria Municipal da Educação e da outras providências.</t>
   </si>
   <si>
     <t>5102</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5102/02_plo_28.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 2/CEEC/2025_x000D_
 RELATORIA: vereador Vanderlei Monteiro_x000D_
 CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria._x000D_
 _x000D_
 _x000D_
 Projeto de Lei nº 28/2025_x000D_
 Autoria: Poder Executivo Municipal_x000D_
 Prorroga a vigência do Plano Municipal de Educação aprovado pela Lei Municipal nº 1.859, de 12 de junho de 2019 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5186</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5186/03_plc_10.pdf</t>
+  </si>
+  <si>
+    <t>PARECER Nº 3/CEEC/2025_x000D_
+RELATORIA: vereador Vanderlei Monteiro _x000D_
+CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria._x000D_
+_x000D_
+Projeto de Lei Complementar nº 10/2025_x000D_
+Autoria: Poder Executivo_x000D_
+Dispõe sobre a alteração de subsídios, com alteração de ANEXO e de TABELAS, na Lei Complementar Municipal n.º 1.399/2012, que dispõe sobre o Plano de Cargos, Carreira e Subsídio dos Profissionais da Educação Básica de Juína-MT e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5195</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5195/04_plo_32.pdf</t>
+  </si>
+  <si>
+    <t>PARECER Nº 4/CEEC/2025_x000D_
+RELATORIA: vereador Luiza Boer _x000D_
+CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria._x000D_
+_x000D_
+Projeto de Lei nº 32/2025. _x000D_
+Autoria: Mesa Diretora. Institui o Programa “Vereador na Escola”, no âmbito do Município.</t>
+  </si>
+  <si>
+    <t>5210</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5210/05_plc_12.pdf</t>
+  </si>
+  <si>
+    <t>PARECER Nº 05/CEEC/2025_x000D_
+RELATOR: vereador Vanderlei Monteiro  _x000D_
+CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria._x000D_
+_x000D_
+Projeto de Lei Complementar nº 12/2025. _x000D_
+Autor: Poder Executivo Municipal_x000D_
+Dispõe sobre a alteração de subsídios, com alteração de ANEXO e de TABELAS, na Lei Complementar Municipal n.º 1.399/2012, que dispõe sobre o Plano de Cargos, Carreira e Subsídio dos Profissionais da Educação Básica de Juína-MT e dá outras providências.</t>
   </si>
   <si>
     <t>4779</t>
   </si>
   <si>
     <t>Parecer COSP.</t>
   </si>
   <si>
     <t>COSPI - Comissão de Obras, Serviços Públicos e infraestrutura</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4779/01_plo_08.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 1/COSP/2025._x000D_
 _x000D_
 RELATORIA: vereador Irineu Locatelli_x000D_
 CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria._x000D_
 _x000D_
 _x000D_
 Projeto de Lei nº 8/2025_x000D_
 Autoria: Poder Executivo Municipal_x000D_
 Autoriza o Poder Executivo Municipal a alienar mediante dação em pagamento o imóvel que menciona, com base no art. 76, I, a, da Lei Federal n.° 14.133/21, e dá outras providências.</t>
   </si>
   <si>
@@ -2052,50 +2724,184 @@
 _x000D_
 RELATORIA: vereador Irineu Locatelli_x000D_
 CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria._x000D_
 _x000D_
 _x000D_
 Projeto de Lei nº 23/2025_x000D_
 Autoria: Poder Executivo Municipal_x000D_
 Autoriza o Poder Executivo Municipal a receber em doação uma área de terra em Juína/MT e dá outras providências.</t>
   </si>
   <si>
     <t>5056</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5056/07_plo_24.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 7/COSP/2025._x000D_
 _x000D_
 RELATORIA: vereador Irineu Locatelli_x000D_
 CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria._x000D_
 _x000D_
 _x000D_
 Projeto de Lei nº 24/2025_x000D_
 Autoria: Poder Executivo Municipal_x000D_
 Autoriza o Poder Executivo Municipal a promover concessão de direito real de uso de área de terra do município e declarar de utilidade pública o Clube de Tiro Juína e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5166</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5166/08_plo_30.pdf</t>
+  </si>
+  <si>
+    <t>PARECER Nº 8/COSP/2025._x000D_
+_x000D_
+RELATORIA: vereador Irineu Locatelli_x000D_
+CONCLUSÃO DA RELATORIA: Favorável à tramitação da matéria._x000D_
+_x000D_
+Projeto de Lei nº 30/2025_x000D_
+Autoria: Poder Executivo Municipal_x000D_
+Autoriza o Poder Executivo Municipal a firmar instrumento e alienar áreas públicas para construção de unidades habitacionais vinculadas aos Programas de Habitação Federal Minha Casa Minha Vida e Estadual Ser Família Habitação.</t>
+  </si>
+  <si>
+    <t>5213</t>
+  </si>
+  <si>
+    <t>Parecer CESPC.</t>
+  </si>
+  <si>
+    <t>CESPEC - Comissão Especial</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5213/01_mocao_02.docx</t>
+  </si>
+  <si>
+    <t>PARECER N.º 1/CESP/2025_x000D_
+_x000D_
+Relatoria: vereador Geraldo Antônio Ferreira_x000D_
+Conclusão da relatoria: Favorável à tramitação da matéria_x000D_
+_x000D_
+_x000D_
+MOÇÃO DE APLAUSO Nº 02/2025_x000D_
+Autoria: Vereadora Luiza Monteiro Boer</t>
+  </si>
+  <si>
+    <t>5214</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/</t>
+  </si>
+  <si>
+    <t>PARECER N.º 2/CESP/2025_x000D_
+_x000D_
+Relatoria: vereador Geraldo Antônio Ferreira_x000D_
+Conclusão da relatoria: Favorável à tramitação da matéria_x000D_
+_x000D_
+_x000D_
+MOÇÃO DE APLAUSO Nº 03/2025_x000D_
+Autoria: Vereadora Luiza Monteiro Boer</t>
+  </si>
+  <si>
+    <t>5228</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5228/03_mocao_04.pdf</t>
+  </si>
+  <si>
+    <t>PARECER DA COMISSÃO TEMPORÁRIA ESPECIAL_x000D_
+PARECER N.º 3/CESP/2025_x000D_
+Relatoria: vereador Geraldo Antônio Ferreira_x000D_
+Membros: Alessandra Maldonado; Vanderlei Monteiro._x000D_
+Designação: Portaria nº 110, de 8 de dezembro de 2025. _x000D_
+Fundamentação: Resolução nº 2/2018, de 15 de maio de 2018._x000D_
+Conclusão da relatoria: Favorável à tramitação da matéria_x000D_
+_x000D_
+_x000D_
+Moção de Aplauso nº 4/2025 _x000D_
+Autoria: vereador Carlito Pereira da Rocha. _x000D_
+Aplauso aos Grêmios Estudantis das Escolas Municipais, Estadual e Federal do Município de Juína, em reconhecimento à relevante atuação na promoção da participação estudantil, do protagonismo juvenil e do fortalecimento das práticas democráticas no ambiente escolar.  ESTADUAL: E. E. Antônio Francisco Lisboa; E.E. Antônia Moura Muniz; E.E. 21 de abril; E.E. 07 de setembro; E. E. Ana Nery; E. E Dr. Artur Antunes Maciel; E. E. Militar Tiradentes – Padre Ezequiel Ramin; E. E.  Indígena Enawenê-Nawê. MUNICIPAL:  E. M. Paulo Freire; E. M. Padre José de Anchieta; E. M. Orlando Pereira; E. M. O</t>
+  </si>
+  <si>
+    <t>5229</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5229/04_mocao_05.pdf</t>
+  </si>
+  <si>
+    <t>PARECER DA COMISSÃO TEMPORÁRIA ESPECIAL_x000D_
+PARECER N.º 4/CESP/2025_x000D_
+Relatoria: vereador Geraldo Antônio Ferreira_x000D_
+Membros: Alessandra Maldonado; Vanderlei Monteiro._x000D_
+Designação: Portaria nº 110, de 8 de dezembro de 2025. _x000D_
+Fundamentação: Resolução nº 2/2018, de 15 de maio de 2018._x000D_
+Conclusão da relatoria: Favorável à tramitação da matéria_x000D_
+_x000D_
+_x000D_
+Moção de Aplauso nº 5/2025 _x000D_
+Autoria: vereador Antônio José da Silva (Tonhão do Rancho). _x000D_
+Aplauso ao senhor OSVALDO DA CUNHA LINS, pelos relevantes serviços prestados ao Município de Juína, especialmente na área esportiva, onde construiu uma trajetória de destaque e legado que atravessa gerações.</t>
+  </si>
+  <si>
+    <t>5242</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5242/05_mocao_06.pdf</t>
+  </si>
+  <si>
+    <t>PARECER DA COMISSÃO TEMPORÁRIA ESPECIAL_x000D_
+PARECER N.º 5/CESP/2025_x000D_
+Relatoria: vereador Geraldo Antônio Ferreira_x000D_
+Membros: Ailton Barbosa de Oliveira e Vanderlei Monteiro._x000D_
+Designação: Portaria nº 115, de 15 de dezembro de 2025. _x000D_
+Fundamentação: Resolução nº 2/2018, de 15 de maio de 2018._x000D_
+Conclusão da relatoria: Favorável à tramitação da matéria_x000D_
+_x000D_
+_x000D_
+Moção de Aplauso nº 6/2025 _x000D_
+Autoria: vereadora Luiza Boer_x000D_
+Aplauso à Associação de Pais e Amigos da Ginástica (ASPAG), em reconhecimento ao esforço, à dedicação e à relevante contribuição para o desenvolvimento da ginástica artística no município de Juína.</t>
+  </si>
+  <si>
+    <t>5243</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5243/06_mocao_07.pdf</t>
+  </si>
+  <si>
+    <t>PARECER DA COMISSÃO TEMPORÁRIA ESPECIAL_x000D_
+PARECER N.º 6/CESP/2025_x000D_
+Relatoria: vereador Geraldo Antônio Ferreira_x000D_
+Membros: Ailton Barbosa de Oliveira e Vanderlei Monteiro._x000D_
+Designação: Portaria nº 115, de 15 de dezembro de 2025. _x000D_
+Fundamentação: Resolução nº 2/2018, de 15 de maio de 2018._x000D_
+Conclusão da relatoria: Favorável à tramitação da matéria_x000D_
+_x000D_
+_x000D_
+Moção de Aplauso nº 7/2025 _x000D_
+Autoria: vereadora Luiza Boer_x000D_
+Aplauso ao Insanos Motoclube – divisão Juína – pelas relevantes ações sociais realizadas em 2025 no município.</t>
   </si>
   <si>
     <t>4608</t>
   </si>
   <si>
     <t>REQS</t>
   </si>
   <si>
     <t>Requerimento Simples</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4608/01.pdf</t>
   </si>
   <si>
     <t>REQUER a Vossa Excelência, Geremias Lima, Prefeito em Exercício, e ao senhor Valdoir Antônio Pezzini, Secretário Municipal de Finanças e Administração, que encaminhem a esta Casa de Leis a relação detalhada dos saldos de todas as contas bancárias referentes ao encerramento da gestão, conforme especificado na justificativa.</t>
   </si>
   <si>
     <t>4609</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4609/02.pdf</t>
   </si>
   <si>
     <t>REQUER a Vossa Excelência, Geremias Lima, Prefeito em Exercício, e ao senhor Jônatas Plínio, Secretário Municipal de Infraestrutura, que encaminhe a esta Casa de Leis a relação de todos os veículos contratados pela Prefeitura de Juína, por meio da Secretaria de Infraestrutura, bem como uma justificativa formal acerca do não atendimento ao disposto na Lei Municipal nº 1.445/2013, que estabelece a obrigatoriedade da identificação de veículos e equipamentos utilizados por prestadores terceirizados de serviços públicos por meio de etiquetas padronizadas, conforme segue:</t>
   </si>
@@ -2380,50 +3186,122 @@
   </si>
   <si>
     <t>5112</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5112/31.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado expediente ao Senhor Jônatas Plinio, Secretário Municipal de Infraestrutura, para que encaminhe a esta Casa de Leis os seguintes documentos e informações referentes ao rebaixamento de um morro situado na Rua Piçarras, próximo à empresa Fênix Energia, em perímetro urbano:_x000D_
 1. Informar o volume de terra retirado do morro e depositado em um barracão ao lado;_x000D_
 2. Esclarecer se o volume de terra foi transportado por caminhões da Prefeitura;_x000D_
 3. Esclarecer se o volume de terra foi transportado por terceiros;_x000D_
 4. Em caso de transporte por terceiros, informar se o carregamento foi realizado por máquinas da Prefeitura;_x000D_
 5. Informar quais os procedimentos adotados com relação aos proprietários das duas laterais ao rebaixamento.</t>
   </si>
   <si>
     <t>5129</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5129/req_32.pdf</t>
   </si>
   <si>
     <t>REQUEREM a Sua Excelência, Senhor Paulo Augusto Veronese, Prefeito Municipal, com cópia ao Senhor Valdoir Antônio Pezzini, Secretário Municipal de Administração e Finanças, que encaminhe a esta Casa de Leis relatório contendo as seguintes informações relativas às entidades que recebem recursos públicos do Município, sejam provenientes de orçamento próprio ou de convênios: I – Informações específicas sobre as entidades Coopervale, AGAP e Instituto Social de Saúde São Lucas: 1. Valores mensais repassados a cada entidade, discriminando a origem dos recursos (próprios ou convênios); 2. Relação nominal dos colaboradores que prestam serviços para cada uma dessas entidades; 3. Cópias das folhas de pagamento referentes aos meses de janeiro a setembro de 2025. II – Informações gerais sobre associações e sindicatos que recebem recursos públicos:1. Relação completa das associações e sindicatos beneficiados, com indicação da natureza dos recursos recebidos (próprios ou provenientes de convênios); 2.	Valores totais repassados a cada entidade nos exercícios de 2024 e 2025.</t>
   </si>
   <si>
+    <t>5135</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5135/33.pdf</t>
+  </si>
+  <si>
+    <t>REQUER a Vossa Excelência Marcela Américo, Secretária Municipal de Saúde, que encaminhe a esta Casa Legislativa relatório detalhado do número de mamografias realizadas no ano de 2025 e o quantitativo de pacientes que aguardam na fila de espera para realização do exame.</t>
+  </si>
+  <si>
+    <t>5149</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5149/34.pdf</t>
+  </si>
+  <si>
+    <t>REQUEREM de Sua Excelência, o Senhor Paulo Augusto Veronese, Prefeito Municipal, com cópia ao Senhor Valdoir Antônio Pezzini, Secretário Municipal de Administração e Finanças, que seja encaminhado a esta Casa de Leis relatório detalhado contendo, mês a mês, os valores pagos e os nomes dos prestadores de serviços de publicidade (meios de comunicação) contratados pela Prefeitura Municipal, referentes aos exercícios de 2021 a 2024, bem como ao período de janeiro a setembro de 2025.</t>
+  </si>
+  <si>
+    <t>5153</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5153/35.pdf</t>
+  </si>
+  <si>
+    <t>REQUER que do Excelentíssimo Senhor Aelcio Moreira de Oliveira, Presidente da Mesa Diretora, que seja realizada uma AUDIÊNCIA PÚBLICA no dia 29 de outubro de 2025 com inicio às 19 horas no recinto do Plenário desta Casa de leis para discussão do Projeto de Lei Complementar nº 10/2025 que “Dispõe sobre a alteração de subsídios, com alteração de ANEXO e de TABELAS, na Lei Complementar Municipal n.º 1.399/2012, que dispõe sobre o Plano de Cargos, Carreira e Subsídio dos Profissionais da Educação Básica de Juína-MT e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>5182</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5182/36.pdf</t>
+  </si>
+  <si>
+    <t>REQUER do Senhor Jônatas Plinio, Secretário Municipal de Infraestrutura, nos termos do princípio da publicidade e da transparência administrativa que encaminhe a esta Casa de Leis as seguintes informações e esclarecimentos:_x000D_
+1.	Informações e detalhamento sobre a execução dos serviços contratados, através do PREGÃO ELETRÔNICO N.º 061/2024 e ATA DE REGISTRO DE PREÇOS N.º 335/2024,cujo objeto é a contratação de empresa especializada na prestação de serviços de poda e extração de árvores, corte de grama e limpeza em geral, com rastelagem e retirada de resíduos sólidos, conforme Termo de Referência anexo ao Edital de Licitação nº 061/2024. _x000D_
+2.	Relação detalhada dos locais atendidos e quantidade de árvores podadas conforme especificação no Edital de Licitação com assinaturas do Fiscal de Contrato; _x000D_
+3.	Quantidade de diárias realizadas para (poda, extração, corte de grama e limpeza), discriminando as metragens, volumes ou áreas atendidas, com assinaturas do Fiscal de Contrato;  _x000D_
+4.	Indicação do responsável técnico pela execução e acompanhamento dos serviços;_x000D_
+5.	Especificação da forma e frequência da fiscalização realizada pela Secretaria solicitante;_x000D_
+6.	Relatórios de execução dos locais e comprovantes de descarte dos resíduos sólidos gerados;_x000D_
+7.	Quaisquer outros documentos ou registros que evidenciem a conformidade da execução contratual com o Termo de Referência.</t>
+  </si>
+  <si>
+    <t>5203</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5203/37_carlito.docx</t>
+  </si>
+  <si>
+    <t>REQUER ao Excelentíssimo Senhor Aelcio Moreira de Oliveira, Presidente da Mesa Diretora, a realização de AUDIÊNCIA PÚBLICA para debate acerca dos impactos da reforma administrativa no serviço público._x000D_
+Data e horário: 12 de dezembro de 2025 (sexta-feira), às 19h (dezenove horas)._x000D_
+Local: Plenário da Câmara Municipal de Juína.</t>
+  </si>
+  <si>
+    <t>5222</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5222/38.pdf</t>
+  </si>
+  <si>
+    <t>REQUER do Excelentíssimo Senhor Paulo Augusto Veronese, Prefeito Municipal, com cópia ao Senhor Robson Amorim Machado, Secretário Municipal de Planejamento, que encaminhe a esta Casa de Leis informações sobre a área pública que será destinada à implantação e construção do Ecoponto, projeto a ser realizado através de Parceria Público-Privada (PPP) com a empresa MFM, que presta serviços de coleta e destinação de lixo em nossa cidade</t>
+  </si>
+  <si>
+    <t>5241</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5241/39.pdf</t>
+  </si>
+  <si>
+    <t>Com base no art. 75, IV e 92 do Regimento Interno da Câmara Municipal, a vereadora abaixo assinada REQUER do Excelentíssimo Senhor Aelcio Moreira de Oliveira, Presidente desta Casa de Leis que seja realizada uma sessão solene para entrega de Moções de Aplauso n° 2, 3, 6 e 7 de 2025 de autoria desta Parlamentar no dia 10 de fevereiro de 2026.</t>
+  </si>
+  <si>
     <t>4601</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4601/01.pdf</t>
   </si>
   <si>
     <t>Indica a Sua Excelência o Senhor Paulo Augusto Veronese, Prefeito Municipal, com cópia ao Senhor Jonatas Plínio, Secretário Municipal de Infraestrutura, a necessidade de realizar manutenção na estrada da Gleba Iracema, incluindo a compactação de buracos, nivelamento, patrolamento e encascalhamento, especialmente nas proximidades do Sítio Santa Luzia — Lote 1, de propriedade do Senhor José Josmar Ribeiro (conhecido como Irmão Zé Negão).</t>
   </si>
   <si>
     <t>4602</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4602/02.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Paulo Augusto Veronese, Prefeito Municipal, com cópia ao Senhor Jonatas Plínio, Secretário Municipal de Infraestrutura, a necessidade de realizar a manutenção da estrada da Gleba Rio Azul, abrangendo a compactação de buracos, nivelamento, patrolamento e encascalhamento, especialmente nas proximidades do Sítio do Ivão e da estrada que dá acesso à sede da Associação de Produtores Rurais da Gleba Rio Azul.</t>
   </si>
   <si>
     <t>4603</t>
@@ -2785,258 +3663,210 @@
   <si>
     <t>Indica a Sua Excelência, Paulo Augusto Veronese, Prefeito, com cópia ao Senhor Jonatas Plinio, Secretário Municipal de Infraestrutura a necessidade e oportunidade de realizar a reabertura da Rua Florianópolis, localizada no Setor Industrial.</t>
   </si>
   <si>
     <t>4655</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4655/39.pdf</t>
   </si>
   <si>
     <t>Indica à Sua Excelência LÚDIO CABRAL, Deputado Estadual, a necessidade e oportunidade de destinar recursos de emenda parlamentar para Aquisição de 06 Climatizadores Evaporativo Industrial Parede – MB40 – Para áreas _+ até 400 m2 para atender as necessidades da FEIRA MUNICIPAL DE JUÍNA através da Associação dos Feirantes do Município de Juína.</t>
   </si>
   <si>
     <t>4656</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4656/40.pdf</t>
   </si>
   <si>
     <t>Indica à Sua Excelência Silvano Amaral , Deputado Estadual, a necessidade e oportunidade de destinar recursos de emenda parlamentar para Aquisição de 06 Climatizadores Evaporativo Industrial Parede – MB40 – Para áreas _+ até 400 m2 para atender as necessidades da FEIRA MUNICIPAL DE JUÍNA através da Associação dos Feirantes do Município de Juína.</t>
   </si>
   <si>
     <t>4673</t>
   </si>
   <si>
-    <t>41</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4673/41.pdf</t>
   </si>
   <si>
     <t>Indica à Sua Excelência Paulo Augusto Veronese, Prefeito, com cópia à Senhora Estefânia Basílio, Secretária Municipal de Esporte, Lazer e Turismo, a necessidade e a oportunidade de instalação de uma academia ao ar livre na Comunidade Nossa Senhora da Saúde, Linha 9.</t>
   </si>
   <si>
     <t>4685</t>
   </si>
   <si>
-    <t>42</t>
-[...1 lines deleted...]
-  <si>
     <t>Vanderlei Churrasqueiro, Irineu Locatelli</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4685/42.pdf</t>
   </si>
   <si>
     <t>Indicam à Sua Excelência Paulo Augusto Veronese, Prefeito, com cópia ao Senhor Jonatas Plinio, Secretário Municipal de Infraestrutura, a necessidade e a oportunidade de realizar o encascalhamento e o levantamento da estrada de acesso ao Distrito de Fontanillas.</t>
   </si>
   <si>
     <t>4686</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4686/43.pdf</t>
   </si>
   <si>
     <t>Indica a Sua Excelência, o Senhor Paulo Augusto Veronese, Prefeito, com cópia ao Senhor Robson Amorim Machado, Secretário Municipal de Planejamento, a necessidade e oportunidade de providenciar a retirada das placas das obras públicas já finalizadas há mais de 5 anos.</t>
   </si>
   <si>
     <t>4670</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4670/44.pdf</t>
   </si>
   <si>
     <t>Indica a Sua Excelência, o Senhor Paulo Augusto Veronese, Prefeito Municipal, com cópia à Senhora Estefânia Basílio, Secretária Municipal de Esporte, Lazer e Turismo, a necessidade e oportunidade de substituir a areia das quadras de esporte localizadas nas praças públicas de nossa cidade.</t>
   </si>
   <si>
     <t>4671</t>
   </si>
   <si>
-    <t>45</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4671/45.pdf</t>
   </si>
   <si>
     <t>Indica a Sua Excelência, o Senhor Paulo Augusto Veronese, Prefeito Municipal, com cópia à Senhora Marcela Américo, Secretária Municipal de Saúde, a necessidade e oportunidade de ampliar a área de espera coberta da Unidade Básica de Saúde (UBS) do Bairro Palmiteira.</t>
   </si>
   <si>
     <t>4672</t>
   </si>
   <si>
-    <t>46</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4672/46.pdf</t>
   </si>
   <si>
     <t>Indica a Sua Excelência, o Deputado Federal Juarez Costa, a necessidade e a oportunidade de destinar recursos, oriundos de emenda parlamentar, no valor de R$ 1.000.000,00, para a execução de obras de asfaltamento das ruas do Bairro Palmiteira.</t>
   </si>
   <si>
     <t>4676</t>
   </si>
   <si>
-    <t>47</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4676/47.pdf</t>
   </si>
   <si>
     <t>Indica a Sua Excelência, o Senhor Paulo Augusto Veronese, Prefeito Municipal, com cópia ao Senhor Robson Amorim Machado, Secretário Municipal de Planejamento, a necessidade e a oportunidade da construção de banheiros públicos na Praça do Distrito de Filadélfia.</t>
   </si>
   <si>
     <t>4682</t>
   </si>
   <si>
-    <t>48</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4682/48.pdf</t>
   </si>
   <si>
     <t>Indica a Sua Excelência, o Senhor Paulo Augusto Veronese, Prefeito Municipal, com cópia ao Senhor Robson Amorim Machado, Secretário Municipal de Planejamento, a necessidade e a oportunidade da perfuração de poços artesianos, sendo um no Distrito de Filadélfia e outro na Gleba Rio Azul.</t>
   </si>
   <si>
     <t>4683</t>
   </si>
   <si>
-    <t>49</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4683/49.pdf</t>
   </si>
   <si>
     <t>Indica a Sua Excelência o Senhor Paulo Augusto Veronese, Prefeito, com cópia a Senhora Marcela Américo, Secretaria Municipal de Saúde, a necessidade e oportunidade da construção de um prédio para a Unidade Básica de Saúde do Distrito de Filadélfia.</t>
   </si>
   <si>
     <t>4684</t>
   </si>
   <si>
-    <t>50</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4684/50.pdf</t>
   </si>
   <si>
     <t>Indica a Sua Senhoria, o Senhor Marcelo de Oliveira e Silva, Secretário de Estado de Infraestrutura e Logística de Mato Grosso, a necessidade e a oportunidade da construção de pontes de concreto na Rodovia MT-183, nos seguintes trechos: Rio Perdido, Rio Areia, Rio Furquim e Rio Vermelho.</t>
   </si>
   <si>
     <t>4674</t>
   </si>
   <si>
-    <t>51</t>
-[...1 lines deleted...]
-  <si>
     <t>Bil do Modulo 4, Delei Locutor</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4674/51.pdf</t>
   </si>
   <si>
     <t>Indica a Sua Excelência, o Prefeito Municipal, Paulo Augusto Veronese, com cópia ao Senhor Robson Amorim Machado, Secretário Municipal de Planejamento, a necessidade e a urgência de solucionar a situação dos lotes do Loteamento Pantanal que apresentaram duplicidade nos lances durante o leilão público de venda.</t>
   </si>
   <si>
     <t>4675</t>
   </si>
   <si>
-    <t>52</t>
-[...1 lines deleted...]
-  <si>
     <t>Irineu Locatelli, Delei Locutor, Vanderlei Churrasqueiro</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4675/52.pdf</t>
   </si>
   <si>
     <t>Indica a Sua Excelência, o Prefeito Municipal, Paulo Augusto Veronese, com cópia à Senhora Marcela Américo, Secretária Municipal de Saúde, a necessidade e a urgência da instalação de um equipamento de ar-condicionado na Unidade Básica de Saúde (UBS) do Distrito de Fontanillas, especificamente na sala do médico.</t>
   </si>
   <si>
     <t>4681</t>
   </si>
   <si>
-    <t>53</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4681/53.pdf</t>
   </si>
   <si>
     <t>Indica a Sua Excelência, o Prefeito Municipal, Paulo Augusto Veronese, com cópias ao Senhor Eriscon Leandro de Oliveira, Secretário Municipal de Educação e Cultura, e à Senhora Estefânia Basílio, Secretária Municipal de Esporte, Lazer e Turismo, a necessidade de estudos e esforços conjuntos para disponibilizar um artista plástico ou pintor para a restauração do orelhão em formato de arara, localizado na Av. Jambos, nº 519-N, Centro, em frente à Câmara Municipal de Juína.</t>
   </si>
   <si>
     <t>4690</t>
   </si>
   <si>
-    <t>54</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4690/54.pdf</t>
   </si>
   <si>
     <t>Indicam a Sua Excelência, o Prefeito Paulo Augusto Veronese, com cópia à Senhora Marcela Américo, Secretária Municipal de Saúde, a necessidade e a oportunidade da aquisição de um veículo para a UDR/Centro de Reabilitação.</t>
   </si>
   <si>
     <t>4687</t>
   </si>
   <si>
-    <t>55</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4687/55.pdf</t>
   </si>
   <si>
     <t>Indica à Sua Excelência o Senhor Paulo Augusto Veronese, Prefeito, com cópia ao Senhor Robson Amorim Machado, Secretário Municipal de Planejamento, a necessidade e a oportunidade de realizar a pavimentação asfáltica da Rua Portugal, localizada entre o Residencial Alvorada e o Bairro Bandeirantes.</t>
   </si>
   <si>
     <t>4692</t>
   </si>
   <si>
-    <t>56</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4692/56.pdf</t>
   </si>
   <si>
     <t>Indica à Sua Excelência, deputada federal Rubia Fernanda (Cel. Fernanda), a necessidade e a oportunidade de destinar recursos de emenda parlamentar para construção de 01 Unidade de Quimioterapia na cidade de Juína, para atender pacientes da Região Noroeste do Estado de Mato Grosso.</t>
   </si>
   <si>
     <t>4693</t>
   </si>
   <si>
-    <t>57</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4693/57.pdf</t>
   </si>
   <si>
     <t>ndica à Sua Excelência, deputada federal Rubia Fernanda (Cel. Fernanda), a necessidade e a oportunidade de destinar recursos de emenda parlamentar no valor de R$ 4.000.000,00 para a execução de obras de drenagem, pavimentação, sinalização e iluminação destinadas à duplicação da Avenida Brasília, no município de Juína-MT.</t>
   </si>
   <si>
     <t>4694</t>
-  </si>
-[...1 lines deleted...]
-    <t>58</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4694/58.pdf</t>
   </si>
   <si>
     <t>Indica à Sua Excelência, senador Jaime Verissimo de Campos, a necessidade e a oportunidade de destinar recursos de emenda parlamentar no valor de R$ 4.000.000,00 para a execução de obras de drenagem, pavimentação, sinalização e iluminação destinada à duplicação da Avenida Brasília, no município de Juína-MT.</t>
   </si>
   <si>
     <t>4691</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4691/59..pdf</t>
   </si>
   <si>
     <t>Indica a Sua Excelência, o Ministro da Agricultura, Pecuária e Abastecimento, Carlos Henrique Baqueta Fávaro, com cópia ao Senhor Adalberto Rodrigues, Secretário Municipal de Agricultura, Pecuária e Meio Ambiente, a necessidade e a oportunidade de disponibilizar equipamentos adquiridos pelo Ministério da Agricultura, Pecuária e Abastecimento (MAPA).</t>
   </si>
   <si>
     <t>4706</t>
   </si>
   <si>
     <t>60</t>
   </si>
@@ -3794,53 +4624,50 @@
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4785/120.pdf</t>
   </si>
   <si>
     <t>Indica a Sua Excelência Elizeu Nascimento, Deputado Estadual com cópia a senhora Marcela Américo, Secretária Municipal de Saúde, a necessidade de destinação de emenda parlamentar para aquisição de 01 ambulância para o Distrito de Terra Roxa.</t>
   </si>
   <si>
     <t>4784</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4784/121.pdf</t>
   </si>
   <si>
     <t>Indica a Sua Excelência, Paulo Augusto Veronese , Prefeito com cópia ao Senhor Ericson Leandro de Oliveira - Secretário Municipal de Educação e Cultura, a necessidade de que na Escola Osvaldo Cruz, tenha uma servidor exclusivo para atuar na manutenção da área interna e externa desta unidade escolar.</t>
   </si>
   <si>
     <t>4783</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.juina.mt.leg.br/media/</t>
-[...1 lines deleted...]
-  <si>
     <t>Indica a Sua Excelência, Carlos  Fávaro  , Ministro da Agricultura com cópia a Irajá Lacerda secretário-executivo do Ministério da Agricultura e Pecuária, a destinação de  maquinários : 01  Pá Carregadeira e 01 PC hidráulica  para manutenção das estradas .</t>
   </si>
   <si>
     <t>4786</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4786/123.pdf</t>
   </si>
   <si>
     <t>Indica a Sua Excelência, Paulo Augusto Veronese, Prefeito  com cópia para  Sra. Marcela Américo Ortolan, Secretária Municipal de Saúde, que seja feito a reforma do Posto de Saúde do Distrito de Terra Roxa  (trocar o telhado, o  forro, a  parte elétrica,  piso e janelas  construção de uma cozinha anexa e lavanderia.</t>
   </si>
   <si>
     <t>4787</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4787/124.pdf</t>
   </si>
   <si>
     <t>Indica a Sua Excelência, Paulo Augusto Veronese, Prefeito com cópia para ao Sr. Ericson Leandro de Oliveira, Secretário Municipal de Educação e Cultura  que seja providenciado obra de reforma do  piso na quadra de esportes  da Escola Osvaldo Cruz  do Distrito de Filadélfia.</t>
@@ -5013,51 +5840,51 @@
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4924/221.pdf</t>
   </si>
   <si>
     <t>Indica a Sua Excelência Paulo Augusto Veronese, Prefeito, com cópia ao Senhor Jonatas Plinio, Secretário Municipal de Infraestrutura a necessidade e a oportunidade da substituição da ponte de madeira localizada na Avenida Brasília, no bairro Padre Duílio, por bueiro em concreto.</t>
   </si>
   <si>
     <t>4920</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4920/222.pdf</t>
   </si>
   <si>
     <t>Indica à Sua Excelência Max Russi – Deputado Estadual, Presidente da Assembleia Estadual de Mato Grosso e do Partido Social Brasileiro (PSB), a necessidade e oportunidade de destinar recursos de emenda parlamentar para Aquisição de Bicicletas Elétrica para atender 50 Agentes de Saúdes de Endemias e Agentes de combate a Endemias da Zona Urbana; 15 (dez) Moto de Baixa Cilindradas para atender aos Agentes de Saúde da Zona Rural da Cidade de Juína.</t>
   </si>
   <si>
     <t>4925</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4925/223.pdf</t>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4925/2231.pdf</t>
   </si>
   <si>
     <t>Indica a Sua Excelência Paulo Augusto Veronose, Prefeito, com cópia ao Senhor Ericson Leandro de Oliveira, Secretaria Municipal de Educação e ao Senhor Gelson Menegatti Filho, Presidente do Conselho Estadual de Educação de Mato Grosso – CEE/MT, a necessidade e a oportunidade da adoção da Pedagogia da Alternância como metodologia de organização pedagógica nas escolas do campo do município, estendendo sua aplicação aos Anos Iniciais do Ensino Fundamental e à Educação Infantil.</t>
   </si>
   <si>
     <t>4933</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4933/224.pdf</t>
   </si>
   <si>
     <t>Indica a sua Excelência, Paulo Augusto Veronese, Prefeito Municipal, com cópia ao Senhor Robson Amorim Machado, Secretário Municipal de Planejamento, sobre a necessidade e oportunidade de contratação de empresa especializada em pavimentação asfáltica, visando atender à demanda na execução dos 27 quilômetros de pavimentação previstos para as vias urbanas de nossa cidade.</t>
   </si>
   <si>
     <t>4934</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4934/225.pdf</t>
   </si>
@@ -6654,78 +7481,625 @@
   <si>
     <t>5127</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5127/356.pdf</t>
   </si>
   <si>
     <t>Indica a Sua Excelência Paulo Augusto Veronse, Prefeito, com cópia ao Senhor Ericson Leandro de Oliveira, Secretário Municipal de Educação, a necessidade e a oportunidade  de fazer ADESÃO ao Programa Shape the Future, da Microsoft, esse programa foi criado para ajudar as secretarias de educação a usar a tecnologia de forma simples e eficaz nas escolas públicas. Este programa possibilita a entrega de computadores com pacotes de softwares específicos para a educação pública.</t>
   </si>
   <si>
     <t>5132</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5132/357.pdf</t>
   </si>
   <si>
     <t>Indica a Sua Excelência Paulo Augusto Veronese, Prefeito, com cópia ao Senhor Ericson Leandro de Oliveira, Secretário Municipal de Educação, a necessidade de implantar câmeras de monitoramento em todos os ônibus escolares que compõem a frota municipal.</t>
   </si>
   <si>
+    <t>5139</t>
+  </si>
+  <si>
+    <t>358</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5139/358.pdf</t>
+  </si>
+  <si>
+    <t>Indica a Vossa Excelência, Senhor Paulo Augusto Veronese, Prefeito Municipal de Juína, com cópia ao Secretário Municipal de Infraestrutura, Senhor Jonatas Plínio, a necessidade de promover a limpeza, roçagem , retirada de entulhos e resíduos da cerca-viva  como  também a instalação de Câmera de Monitoramento neste ponto localizado no Bairro Módulo 6, antiga área dos coreanos.</t>
+  </si>
+  <si>
+    <t>5140</t>
+  </si>
+  <si>
+    <t>359</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5140/359.pdf</t>
+  </si>
+  <si>
+    <t>Indica a Sua Excelência, Senhor Paulo Augusto Veronese, Prefeito Municipal de Juína, com cópia à Senhora Marcela Américo, Secretária Municipal de Saúde, a necessidade de contratação de um cirurgião-dentista para atendimento na UBS do Bairro Módulo 6.</t>
+  </si>
+  <si>
+    <t>5141</t>
+  </si>
+  <si>
+    <t>360</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5141/360.pdf</t>
+  </si>
+  <si>
+    <t>Indicam a Vossa Excelência, Senhor Paulo Augusto Veronese, Prefeito Municipal de Juína, com cópia ao Senhor Jonatas Plinio , Secretário Municipal de Infraestrutura , a necessidade de realizar a limpeza da área reflorestada situada na APP entre os Bairros Módulo 5 e 6.</t>
+  </si>
+  <si>
+    <t>5136</t>
+  </si>
+  <si>
+    <t>361</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5136/361.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal de Juína, com cópia à Secretária Municipal de Saúde, Sra. Marcela Américo, articulem junto a Casa de Apoio Estrela Dalva, em Cuiabá, a possibilidade de ampliar o uso do ar-condicionado nos quartos durante o dia, levando em consideração as condições climáticas e as peculiaridades dos pacientes acolhidos.</t>
+  </si>
+  <si>
+    <t>5142</t>
+  </si>
+  <si>
+    <t>362</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5142/362.pdf</t>
+  </si>
+  <si>
+    <t>Indica a Sua Excelência, o Senhor Paulo Augusto Veronese, Prefeito Municipal, com cópia ao Senhor Ericson Leandro de Oliveira, Secretário Municipal de Educação, a necessidade e a oportunidade de, com urgência, encaminhar a esta Casa de Leis a minuta do Projeto de Lei que cria e organiza o Sistema Municipal de Ensino (SME), dispõe sobre a criação do Fundo Municipal de Educação (FME), institui os órgãos colegiados vinculados ao SME e dá outras providências, conforme minuta anexa.</t>
+  </si>
+  <si>
+    <t>5143</t>
+  </si>
+  <si>
+    <t>363</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5143/363.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Sua Excelência o Senhor Paulo Augusto Veronese, Prefeito Municipal, com cópia ao Senhor Jônatas Plínio, Secretário Municipal de Infraestrutura, a necessidade e a oportunidade de realizar obras de recuperação e manutenção da estrada que liga a Comunidade Indígena HALATAIKIW, situada na Aldeia Enawenê-Nawê, à rodovia BR-174.</t>
+  </si>
+  <si>
+    <t>5144</t>
+  </si>
+  <si>
+    <t>364</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5144/364.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Paulo Augusto Veronese, Prefeito Municipal de Juína, com cópia à Senhora Moraliza Rocha, Diretora do Departamento de Trânsito, a necessidade e a oportunidade de implantação de faixa de travessia de pedestres e construção de rampa de acesso na Travessa Edna de Queiroz, encontrando com a Avenida 9 de Maio, localizada no centro da cidade.</t>
+  </si>
+  <si>
+    <t>5146</t>
+  </si>
+  <si>
+    <t>366</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5146/366.pdf</t>
+  </si>
+  <si>
+    <t>Indica a Sua Excelência, o Senhor Paulo Augusto Veronese, Prefeito Municipal, com cópia ao Senhor Alberto Chiavelli Neto, Secretário Municipal de Esporte, Lazer e Turismo, a necessidade e a oportunidade de reposição de areia na quadra de areia localizada na Praça do Bairro Palmiteira.</t>
+  </si>
+  <si>
+    <t>5147</t>
+  </si>
+  <si>
+    <t>367</t>
+  </si>
+  <si>
+    <t>Bil do Modulo 4, Neguinho da Borracharia</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5147/367.pdf</t>
+  </si>
+  <si>
+    <t>Indica a Sua Excelência, o Senhor Paulo Augusto Veronese, Prefeito Municipal, com cópia ao Senhor Jonatas Plínio, Secretário Municipal de Infraestrutura, a necessidade e a oportunidade de realização de trabalhos de manutenção nas ruas e avenidas mais críticas e sem pavimentação em toda a cidade de Juína.</t>
+  </si>
+  <si>
+    <t>5148</t>
+  </si>
+  <si>
+    <t>368</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5148/368.pdf</t>
+  </si>
+  <si>
+    <t>Indica a Sua Excelência, o Senhor Paulo Augusto Veronese, Prefeito Municipal, com cópia ao Senhor Jonatas Plínio, Secretário Municipal de Infraestrutura, a necessidade e a oportunidade de realização de trabalhos de manutenção estrada vicinal da Gleba Iracema I, ponto críticos: próximo a Comunidade Nossa Senhora da Luze Morro do “S” próximo ao Pedrão e na  Gleba Rio Verde  - Morro da Dona Cleide.</t>
+  </si>
+  <si>
+    <t>5152</t>
+  </si>
+  <si>
+    <t>369</t>
+  </si>
+  <si>
+    <t>Tonhão do Rancho, Bil do Modulo 4, Irineu Locatelli, Neguinho da Borracharia</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5152/369.pdf</t>
+  </si>
+  <si>
+    <t>Indicam ao Excelentíssimo Senhor Deputado Estadual Paulo Augusto Veronese, Prefeito, com cópia ao Senhor Valdoir Pezzini – Secretário Municipal de Finanças e Administração a necessidade de instituir o Programa de Recuperação Fiscal (REFIS Municipal), com o objetivo de possibilitar a regularização de débitos tributários e não tributários de contribuintes junto ao Município, mediante concessão de descontos sobre juros e multas.</t>
+  </si>
+  <si>
+    <t>5160</t>
+  </si>
+  <si>
+    <t>370</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5160/370.pdf</t>
+  </si>
+  <si>
+    <t>Indica a Sua Excelência o Senhor Paulo Augusto Veronese, Prefeito Municipal, com cópia ao Senhor Ericson Leandro de Oliveira, Secretário Municipal de Educação e Cultura, a necessidade e a urgência de adequar as Escolas Municipais e os Centros de Educação Infantil à Lei Estadual nº 13.028, de 10 de setembro de 2025, que dispõe sobre a substituição dos sinais sonoros utilizados nos estabelecimentos de ensino públicos e privados, com o objetivo de evitar alterações sensoriais em estudantes com Transtorno do Espectro Autista (TEA).</t>
+  </si>
+  <si>
+    <t>5161</t>
+  </si>
+  <si>
+    <t>371</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5161/371.pdf</t>
+  </si>
+  <si>
+    <t>Indica a Sua Excelência Paulo Augusto Veronese, Prefeito, com cópia ao Secretário Municipal de Planejamento, Senhor Robson Amorim Machado, a necessidade e a oportunidade de determinar à Secretaria competente a retomada imediata e a conclusão das obras de pavimentação e duplicação da Avenida Brasília, no trecho que compreende o acesso aos Loteamentos Flamboyant e Alvorada.</t>
+  </si>
+  <si>
+    <t>5162</t>
+  </si>
+  <si>
+    <t>372</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5162/372.pdf</t>
+  </si>
+  <si>
+    <t>Indica a Sua Excelência, Prefeito Municipal, Paulo Augusto Veronese, com cópia ao Secretário Municipal de Infraestrutura, Senhor Jonatas Plínio, a necessidade e a oportunidade de agilizar a compra de material necessário para a intensificação e continuidade dos serviços de recuperação da malha viária urbana (operação “tapa-buraco”) nas vias pavimentadas de nossa cidade.</t>
+  </si>
+  <si>
+    <t>5163</t>
+  </si>
+  <si>
+    <t>373</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5163/373.pdf</t>
+  </si>
+  <si>
+    <t>Indica a Sua Excelência, Prefeito Municipal, Paulo Augusto Veronese, com cópia ao Secretário Municipal de Infraestrutura, Senhor Jonatas Plínio, a necessidade e a oportunidade da imediata realização de trabalhos de recuperação, limpeza e desobstrução das guias e sarjetas de todas as vias pavimentadas de nossa cidade.</t>
+  </si>
+  <si>
+    <t>5165</t>
+  </si>
+  <si>
+    <t>374</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5165/374.pdf</t>
+  </si>
+  <si>
+    <t>Indica a Sua Excelência, Prefeito Municipal, Paulo Augusto Veronese, com cópia Diretora do Departamento de Trânsito de Juína, Senhora Monaliza Rocha, a necessidade e a oportunidade da imediata instalação de placas de sinalização de transito na estrada da entrada da cidade.</t>
+  </si>
+  <si>
+    <t>5172</t>
+  </si>
+  <si>
+    <t>375</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5172/375.pdf</t>
+  </si>
+  <si>
+    <t>Indica a Sua Excelência Paulo Augusto Veronese, Prefeito, com cópia ao Senhor Jonatas Plínio, Secretário Municipal de Infraestrutura, a necessidade e a oportunidade de realizar a pavimentação da Rua Botucatu, situada no Bairro Cidade Alta.</t>
+  </si>
+  <si>
+    <t>5168</t>
+  </si>
+  <si>
+    <t>376</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5168/376.pdf</t>
+  </si>
+  <si>
+    <t>Indica a Sua Excelência, o Senhor Paulo Augusto Veronese, Prefeito Municipal, com cópia ao Senhor Robson Amorim Machado, Secretário Municipal de Planejamento, a necessidade e a oportunidade de finalizar a obra da pista de atletismo do Bairro Cidade Alta.</t>
+  </si>
+  <si>
+    <t>5169</t>
+  </si>
+  <si>
+    <t>377</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5169/377.pdf</t>
+  </si>
+  <si>
+    <t>Indica a Sua Excelência, o Senhor Paulo Augusto Veronese, Prefeito Municipal, com cópia ao Senhor Jonatas Plínio, Secretário Municipal de Infraestrutura, a necessidade e a oportunidade de realizar o encascalhamento e a reabertura das estradas do Assentamento Juinão.</t>
+  </si>
+  <si>
+    <t>5170</t>
+  </si>
+  <si>
+    <t>378</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5170/378.pdf</t>
+  </si>
+  <si>
+    <t>Indica a Sua Excelência, o Senhor Paulo Augusto Veronese, Prefeito Municipal, com cópia ao Senhor Jonatas Plínio, Secretário Municipal de Infraestrutura, a necessidade e a oportunidade de realizar serviços de recuperação das vias não pavimentadas localizadas nos bairros Cidade Alta e Módulo 5.</t>
+  </si>
+  <si>
+    <t>5171</t>
+  </si>
+  <si>
+    <t>379</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5171/379.pdf</t>
+  </si>
+  <si>
+    <t>Indica a Sua Excelência Paulo Augusto Veronese, Prefeito, com cópia ao Senhor Jonatas Plínio, Secretário Municipal de Infraestrutura a necessidade e à oportunidade de realização de encascalhamento na estrada vicinal que parte da rodovia MT-170 (antiga Casemat), com destino à Comunidade Cristo Rei, estendendo-se até as proximidades do Pesque Pague.</t>
+  </si>
+  <si>
+    <t>5173</t>
+  </si>
+  <si>
+    <t>380</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5173/380.pdf</t>
+  </si>
+  <si>
+    <t>Indica a Sua Excelência Paulo Augusto Veronese, Prefeito, com cópia ao Senhor Robson Amorim Machado, Secretário Municipal de Planejamento a necessidade e a oportunidade de determinar a reforma completa e a readequação da estrutura física do ponto de mototáxi situado na Praça da Bíblia.</t>
+  </si>
+  <si>
+    <t>5178</t>
+  </si>
+  <si>
+    <t>381</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5178/381_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Paulo Augusto Veronese, Prefeito, com conhecimento à Senhora Marcela Américo, Secretária Municipal de Saúde, a_x000D_
+necessidade de implantar corrimãos de apoio e espelhos em todos os banheiros do Hospital Municipal de Juína.</t>
+  </si>
+  <si>
+    <t>5179</t>
+  </si>
+  <si>
+    <t>383</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5179/383.pdf</t>
+  </si>
+  <si>
+    <t>Indica a Sua Excelência Paulo Augusto Veronese, Prefeito, com cópia ao Senhor Jonatas Plinio, Secretário Municipal de Infraestrutura a necessidade e oportunidade do encascalhamento das ruas não pavimentadas do Bairro Palmiteira.</t>
+  </si>
+  <si>
+    <t>5180</t>
+  </si>
+  <si>
+    <t>384</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5180/384.pdf</t>
+  </si>
+  <si>
+    <t>Indica a Sua Excelência, o Senhor Paulo Augusto Veronese, Prefeito Municipal, com cópia ao Senhor Jonatas Plínio, Secretário Municipal de Infraestrutura, a necessidade e a oportunidade de promover a recuperação das vias não pavimentadas do Bairro Padre Duílio.</t>
+  </si>
+  <si>
+    <t>5181</t>
+  </si>
+  <si>
+    <t>385</t>
+  </si>
+  <si>
+    <t>Luiza Boer, Geraldinho</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5181/385.pdf</t>
+  </si>
+  <si>
+    <t>Indicam ao Senhor Elizeu Nascimento, Deputado Estadual, a necessidade e a oportunidade de destinar recursos de emenda parlamentar no valor de R$ 300.000,00 para implantação de sistema de Aguaponia na Associação Ebenézer em Juína-MT.</t>
+  </si>
+  <si>
+    <t>5198</t>
+  </si>
+  <si>
+    <t>386</t>
+  </si>
+  <si>
+    <t>Luiza Boer, Irineu Locatelli, Tonhão do Rancho</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5198/386.pdf</t>
+  </si>
+  <si>
+    <t>Indica a Sua Excelência Paulo Augusto Veronese, Prefeito, com cópia a Senhora Marcela América, Secretária Municipal de Saúde, a necessidade e a oportunidade da substituição e manutenção dos seguintes equipamentos odontológicos do consultório dentário do UBS – Equipe 2 do Módulo 5: Pedal de acionamento das canetas rotatórias; Refletor odontológico; Cadeira odontológica; Ultrassom odontológico; e, Autoclave.</t>
+  </si>
+  <si>
+    <t>5197</t>
+  </si>
+  <si>
+    <t>387</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5197/387.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Paulo Augusto Veronese, Prefeito, com cópias para :Secretário de Planejamento , Sr.Robson Amorim Machado e para Bispo  da Diocese de Juína, Dom Neri Jose Tondelloa necessidade de construção da Via dos Romeiros e da Ciclo Via, iniciando no Trevo da Entrada da Cidade até o Cruzeiro, onde se localiza a tradicional Gruta, importante ponto religioso, cultural e turístico do município.</t>
+  </si>
+  <si>
+    <t>5206</t>
+  </si>
+  <si>
+    <t>388</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5206/388.pdf</t>
+  </si>
+  <si>
+    <t>Indica a Sua Excelência, Prefeito Municipal, Paulo Augusto Veronese, com cópia ao Senhor Jonatas Plinio, Secretário Municipal de Infraestrutura, a necessidade e a urgência do nivelamento e compactação da Rua Fernando Junqueira, localizada no Setor H, Módulo 5.</t>
+  </si>
+  <si>
+    <t>5199</t>
+  </si>
+  <si>
+    <t>389</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5199/389.pdf</t>
+  </si>
+  <si>
+    <t>Indica a Sua Excelência, Prefeito Municipal, Paulo Augusto Veronese, com cópia ao Senhor Jonatas Plínio, Secretário Municipal de Infraestrutura, a necessidade e a urgência da construção de duas novas pontes em pontos estratégicos da malha vicinal do município: Primeira Ponte: Na estrada vicinal que proporciona acesso ao Pesqueiro. Segunda Ponte: Na estrada vicinal que dá acesso ao Silo. Ambas as vias são ramificações da Estrada sentido Fazenda Amália, Rio Preto.</t>
+  </si>
+  <si>
+    <t>5200</t>
+  </si>
+  <si>
+    <t>390</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5200/390.pdf</t>
+  </si>
+  <si>
+    <t>Indicam a Sua Excelência o Senhor Paulo Augusto Veronese, Prefeito Municipal, com cópia ao Senhor Jônatas Plínio, Secretário Municipal de Infraestrutura, a necessidade e a oportunidade da recuperação das bocas de lobo (sarjetas) em diversas ruas da cidade, com destaque para a rua Lauro Mongenote, Módulo 05.</t>
+  </si>
+  <si>
+    <t>5201</t>
+  </si>
+  <si>
+    <t>391</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5201/391.pdf</t>
+  </si>
+  <si>
+    <t>Indica a Sua Excelência o Senhor Paulo Augusto Veronese, Prefeito Municipal, com cópia a Senhora Monaliza Rocha, Diretora do Departamento de Transito, a necessidade e a oportunidade de proceder a imediata pintura e/ou repintura das faixas de travessia de pedestres (sinalização horizontal) em frente a todas as Escolas e Centros de Educação Infantil do Município.</t>
+  </si>
+  <si>
+    <t>5202</t>
+  </si>
+  <si>
+    <t>392</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5202/392.pdf</t>
+  </si>
+  <si>
+    <t>Indica a Sua Excelência Paulo Augusto Veronese, Prefeito, com cópia ao Senhor Jonatas Plínio, Secretário Municipal de Infraestrutura a necessidade e a oportunidade de realizar reparos urgentes de drenagem e infraestrutura ao final da Rua Pedra Preta, localizada no Módulo 5.</t>
+  </si>
+  <si>
+    <t>5211</t>
+  </si>
+  <si>
+    <t>393</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5211/393.pdf</t>
+  </si>
+  <si>
+    <t>Indica a Sua Excelência, o Senhor Paulo Augusto Veronese, Prefeito Municipal, com cópias ao Senhor Jonatas Plínio, Secretário Municipal de Infraestrutura e a  Senhora Monaliza Rocha, Diretora do Departamento de Transito, a necessidade e a oportunidade da pintura das guias de sarjetas da praça do Bairro Palmiteira, bem como da limpeza das ruas pavimentadas situadas na quadra do campo de futebol do referido bairro.</t>
+  </si>
+  <si>
+    <t>5212</t>
+  </si>
+  <si>
+    <t>394</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5212/394.pdf</t>
+  </si>
+  <si>
+    <t>Indica a Sua Excelência, o Senhor Paulo Augusto Veronese, Prefeito Municipal, com cópias ao Senhor Jonatas Plínio, Secretário Municipal de Infraestrutura, e a Senhora Monaliza Rocha, Diretora do Departamento de Transito, a necessidade e a oportunidade do recapeamento da pavimentação asfáltica da Avenida Joinville, abrangendo os trechos existentes nos Bairros Palmiteira e Padre Duílio, bem como a realização da conseqüente sinalização de trânsito.</t>
+  </si>
+  <si>
+    <t>5215</t>
+  </si>
+  <si>
+    <t>395</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5215/395.pdf</t>
+  </si>
+  <si>
+    <t>Indica a Sua Excelência o Senhor Paulo Augusto Veronese, Prefeito Municipal, com cópia ao Senhor Ericson Leandro de Oliveira, Secretário Municipal de Educação e Cultura, a necessidade e oportunidade de encaminhar a esta Casa de Leis Projeto de Lei Complementar visando alterar a Lei Complementar nº 1.399, de 2012, para reestruturar a jornada de trabalho dos cargos de técnico em alimentação escolar, técnico em infraestrutura e técnico em gestão escolar, conforme proposta em anexo.</t>
+  </si>
+  <si>
+    <t>5240</t>
+  </si>
+  <si>
+    <t>396</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5240/396.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Sua Excelência Paulo Augusto Veronese, Prefeito, com cópia ao Senhor Robson Amorim Machado, Secretário Municipal de Planejamento, a necessidade e a oportunidade que seja regulamentada através de Decreto a Lei Municipal nº 1923 de Lei nº 1.923, de 12 de maio de 2020 que Dispõe sobre a obrigatoriedade da empresa concessionária de serviço público de distribuição de energia elétrica e demais empresas ocupantes de sua infraestrutura a se restringir à ocupação do espaço público dentro do que estabelece as normas técnicas aplicáveis e promover a regularização e a retirada dos fios inutilizados, em vias públicas do Município de Juína.</t>
+  </si>
+  <si>
+    <t>5221</t>
+  </si>
+  <si>
+    <t>397</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5221/397.pdf</t>
+  </si>
+  <si>
+    <t>Indica a Sua Excelência, Prefeito Municipal, Paulo Augusto Veronese, com cópia ao Senhor Valdoir Antônio Pezzini, Secretário Municipal de Administração e Finanças a necessidade e a oportunidade de instituir e disponibilizar aos Servidores Públicos Municipais o Auxílio-Alimentação.</t>
+  </si>
+  <si>
+    <t>5235</t>
+  </si>
+  <si>
+    <t>398</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5235/398.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Secretário Municipal de Infraestrutura, Sr. Jônatas Plínio, com cópia à Diretora do Departamento Municipal de Trânsito, Sra. Monaliza Rocha, a necessidade de sinalização com placa e pintura do redutor de velocidade (quebra-mola) na BR-174/MT-170, antes do Café Juína, na entrada da cidade.</t>
+  </si>
+  <si>
     <t>5038</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5038/01.pdf</t>
   </si>
   <si>
     <t>Repudiamos a conduta do Vereador Gilson da Agricultura, que, em seu discurso, proferiu ofensas à Excelentíssima Senhora Prefeita Municipal de Pedra Preta MT, Iraci Ferreira de Souza. A manifestação, de cunho depreciativo e ofensivo, incluiu a utilização da expressão “cachorra viciada”, o que consideramos inaceitável para um representante eleito.</t>
   </si>
   <si>
+    <t>5204</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5204/02.pdf</t>
+  </si>
+  <si>
+    <t>Aplauso aos atletas Juinenses que participaram e foram destaques em campeonatos brasileiros no ano de 2025.</t>
+  </si>
+  <si>
+    <t>5205</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5205/03.pdf</t>
+  </si>
+  <si>
+    <t>Aplauso ao Movimento “Elas Não Param”, em reconhecimento ao trabalho social, comunitário e inspirador desenvolvido pelas mulheres que integram essa iniciativa no município de Juína, Estado de Mato Grosso.</t>
+  </si>
+  <si>
+    <t>5216</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5216/04.pdf</t>
+  </si>
+  <si>
+    <t>Aplauso aos Grêmios Estudantis das Escolas Municipais, Estadual e Federal do Município de Juína, em reconhecimento à relevante atuação na promoção da participação estudantil, do protagonismo juvenil e do fortalecimento das práticas democráticas no ambiente escolar.  ESTADUAL: E. E. Antônio Francisco Lisboa; E.E. Antônia Moura Muniz; E.E. 21 de abril; E.E. 07 de setembro; E. E. Ana Nery; E. E Dr. Artur Antunes Maciel; E. E. Militar Tiradentes – Padre Ezequiel Ramin; E. E.  Indígena Enawenê-Nawê. MUNICIPAL:  E. M. Paulo Freire; E. M. Padre José de Anchieta; E. M. Orlando Pereira; E. M. Osvaldo Cruz; E. M. Dr. Guilherme Freira de Abreu Lima; E. M. 09 de Maio (centro de Educação Infantil Vasco Papa); E. M. Alvares de Azevedo; E. M. Marechal Rondon (Centro de Educação Infantil São Cristóvão). FEDERAL: Instituto Federal de Mato Grosso – Campi – Juína.</t>
+  </si>
+  <si>
+    <t>5218</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5218/05.pdf</t>
+  </si>
+  <si>
+    <t>Aplauso ao senhor OSVALDO DA CUNHA LINS, pelos relevantes serviços prestados ao Município de Juína, especialmente na área esportiva, onde construiu uma trajetória de destaque e legado que atravessa gerações.</t>
+  </si>
+  <si>
+    <t>5223</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5223/06.pdf</t>
+  </si>
+  <si>
+    <t>Aplauso à Associação de Pais e Amigos da Ginástica (ASPAG), em reconhecimento ao esforço, à dedicação e à relevante contribuição para o desenvolvimento da ginástica artística no município de Juína.</t>
+  </si>
+  <si>
+    <t>5224</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5224/07.pdf</t>
+  </si>
+  <si>
+    <t>Aplauso ao Insanos Motoclube – divisão Juína – pelas relevantes ações sociais realizadas em 2025 no município.</t>
+  </si>
+  <si>
     <t>4743</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4743/mensagem_013-2025_-_pl_-_pedido_de_urgencia_especial_-__parcelamento_especial_-_juina2025_1.pdf</t>
   </si>
   <si>
     <t>Mensagem solicitando  a discussão  e votação  em regime de urgência especial do projeto  de lei n. 10/2025.</t>
+  </si>
+  <si>
+    <t>5183</t>
+  </si>
+  <si>
+    <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5183/mensagem_033-2025_-_plc_-_retirada_de_pauta_-__alteracao_de_subsidios_de_professor___-_juina2025.pdf</t>
+  </si>
+  <si>
+    <t>Pedido formal de retirada de pauta e consequente retirada de tramitação do Projeto de Lei _x000D_
+Complementar nº 10/2025, que dispõe sobre a alteração de subsídios e tabelas na Lei _x000D_
+Complementar Municipal nº 1.399/2012, referente ao Plano de Cargos, Carreira e _x000D_
+Subsídio dos Profissionais da Educação Básica de Juína-MT.</t>
   </si>
   <si>
     <t>4668</t>
   </si>
   <si>
     <t>REDFI</t>
   </si>
   <si>
     <t>Redação Final</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4668/01_p.res._01.pdf</t>
   </si>
   <si>
     <t>REDAÇÃO FINAL_x000D_
 PROJETO DE RESOLUÇÃO Nº 01, DE 10 DE JANEIRO DE 2025._x000D_
 Institui o Auxílio-Alimentação aos servidores públicos efetivos, comissionados e contratados da Câmara Municipal de Juína, Estado de Mato Grosso, nas condições que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>5118</t>
   </si>
   <si>
     <t>https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5118/01_plo_20.pdf</t>
   </si>
   <si>
@@ -7064,67 +8438,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5065/24_p.elm_assinado_projeto_assinado...._assinado-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5083/25-25.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4635/04.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4697/05.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4741/06.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4822/07.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4823/08.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4911/09__tranf_pdf.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4621/011.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4628/02.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4629/03_sem_assinar.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4630/04_pdf.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4689/05.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4698/06.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4699/07.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4700/08.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4712/09.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4713/101.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4714/111.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4781/12.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4824/13.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4819/14.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4820/151.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4862/16.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4937/17.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4938/mensagem_020-2025_-_dispoe_de_autorizacao_para_abrir_credito_adicional_suplementar_-_habitacao_-_50_casas_-_juina_2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4971/19_ppa.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4972/20_ldo.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4989/21.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4990/22.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4991/23.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5006/24.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5066/pl_25_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5084/26.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5074/27.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5075/28.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4624/01-2025_anexo_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4669/02_horario_da_sessao.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4855/03...pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4869/04.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5063/projeto_resolucao_5-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5064/06_p._resolucao_ass._projeto_....._assinado.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4599/01_licenca_prefeito.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4657/mensagem_004-2025_-_pl_-_substitutiva_da_mensagem_n.o_001-_rga-_juina2025_1.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4742/mensagem_012-2025_-_pl_-_substitutiva_da_mensagem_n.o_011-_parcelamento_especial_daes-_juina2025_1.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4794/09__substituido_3.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4825/15_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5058/05_substitutivo_24.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5130/substitutivo_7.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5131/substitutivo_8.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4667/01_p.res._01_pdf.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5097/02_plo_19.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5098/03_plo_20.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4600/01_pdl_01_pdf.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4632/02_plo_01.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4659/02_plo_02.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4660/04_plo_03.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4661/05_plc_01.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4662/06_res._01.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4677/07_plc_04_escaneado.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4678/08_plo_04_escaneado.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4724/09_pres._02.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4725/10_plo_06.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4729/11_plo_05.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4730/12_plo_10.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4731/13_plo_11.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4748/14_plc_06.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4756/15_plo_07.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4757/16_plo_08.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4795/17_plo_09.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4796/18_plo_12.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4807/19_plc_05.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4833/20_plo_15.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4841/21_plc_07.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4842/22_plc_08_esc..pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4843/23_plo_13.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4844/24_plo_14.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4878/25_plo_16.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4879/26_pres._04.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4927/27_plc_09.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4939/28_plc_09.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4959/29_plo_17.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4960/30_plo_18.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5046/31_plo_21_escaneado.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5047/32_plo_22_escaneado.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5048/33_plo_23_escaneado.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5057/34_plo_24.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5078/35_plo_27.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5099/36_plo_19.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5100/37_plo_20.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5086/38_plo_25.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5101/39_plo_28.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5103/40_pres_05.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5114/43_plo_19.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5115/44_eplo_20.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4631/01_-_plo_1.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4663/02_plo_02.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4664/03_plo_03.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4665/04_plc_01.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4666/05_res._01.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4679/06_plc_04_escaneada.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4680/07_plo_04_escaneado.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4726/08_plo_06.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4727/09_plo_10.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4728/10_plo_11.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4747/11_plc_06.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4758/12_plo_07.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4782/13_plo_08.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4797/14_plo_09.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4811/16_plc_05.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4832/17_plo_15.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4845/18_plc_07.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4846/19_plc_08_esc.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4847/20_plo_13.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4848/21_plo_14.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4926/22_plc_09.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4930/22_plc_09.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4961/24_plo_17.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4962/25_plo_18.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5049/26_plo_21.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5050/27_plo_22.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5051/28_plo_23.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5052/29_plo_24.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5077/30_plo_27.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5087/31_plo_19.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5088/32_plo_20.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5089/33_plo_25.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5116/34_plo_19.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5117/35_eplo_20_escaneada.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5076/01_plo_27.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5102/02_plo_28.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4779/01_plo_08.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4808/02_plc_05.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5053/04_plo_21.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5054/05_plo_22.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5055/06_plo_23.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5056/07_plo_24.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4608/01.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4609/02.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4614/03.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4633/04.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4634/05.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4658/06.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4688/07.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4695/08.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4696/09.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4793/10.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4800/11.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4813/12.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4831/13.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4870/14.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4876/15.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4885/16.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4888/17.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4889/18.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4898/19.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4918/20.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4919/21.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4936/22.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4955/23_1.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4963/24.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4966/25.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4993/27.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5067/28.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5104/29_1.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5093/30.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5112/31.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5129/req_32.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4601/01.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4602/02.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4603/03.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4604/04.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4605/05.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4606/06.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4607/07.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4610/08.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4611/09.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4612/10.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4613/11.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4615/12.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4616/13.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4617/14.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4618/15.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4619/16.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4625/17.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4626/18.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4627/19.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4636/20.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4637/21.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4638/22.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4639/23.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4640/24.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4641/25.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4642/26.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4643/27.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4644/28.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4645/29.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4646/30.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4647/31.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4648/32.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4649/33.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4650/34.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4651/35.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4652/36.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4653/37.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4654/38.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4655/39.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4656/40.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4673/41.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4685/42.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4686/43.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4670/44.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4671/45.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4672/46.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4676/47.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4682/48.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4683/49.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4684/50.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4674/51.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4675/52.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4681/53.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4690/54.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4687/55.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4692/56.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4693/57.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4694/58.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4691/59..pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4706/60.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4707/61.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4708/62.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4709/63.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4701/64.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4702/65.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4703/66.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4704/67.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4705/68.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4710/69.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4711/70.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4715/71.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4716/72.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4717/73.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4718/74.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4719/75.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4720/76.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4721/77.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4722/78.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4723/79.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4737/80.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4740/81.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4732/82.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4733/83.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4734/84.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4749/85.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4735/86.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4744/88.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4745/891.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4736/90.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4738/91.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4750/92.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4739/93.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4752/94.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4746/95.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4753/96.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4754/97.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4755/98.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4759/99.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4764/100.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4766/101.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4761/102.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4762/103.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4763/104.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4767/105.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4760/106.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4765/107_assinado.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4769/108.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4768/109.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4770/110.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4771/111.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4772/112.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4775/113.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4773/114.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4774/115.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4776/116.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4777/117.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4778/118.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4780/119.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4785/120.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4784/121.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4786/123.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4787/124.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4799/125.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4788/126.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4798/127.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4789/128.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4790/129.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4791/130.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4792/131.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4802/132.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4803/133.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4804/134.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4801/135.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4805/136.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4812/137.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4806/138.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4809/139.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4810/140.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4821/141.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4815/142.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4816/143.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4817/144.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4818/145.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4814/146.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4828/147.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4829/148.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4826/149.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4827/150.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4830/151.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4835/152.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4836/153.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4837/154.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4838/155.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4839/156.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4840/157.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4849/158.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4850/159.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4851/160.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4854/161.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4852/162.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4853/163.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4857/164.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4856/165.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4858/166.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4859/167.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4860/168.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4861/169.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4863/170.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4865/171.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4880/172.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4864/173.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4866/174.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4867/175.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4868/176.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4871/177.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4872/178.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4873/179.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4874/180.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4875/181.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4886/182.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4877/183.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4884/184.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4882/185.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4881/186_1.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4883/187.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4894/188.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4893/189.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4887/190.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4895/191.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4890/192.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4891/193.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4896/194.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4897/195.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4892/196.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4904/197.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4903/198.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4905/200.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4901/201.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4900/202.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4902/203.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4907/204.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4899/205.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4909/206.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4906/207.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4908/208.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4912/209..pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4910/210_..pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4913/211.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4916/212.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4914/213.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4928/214.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4929/215.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4915/216.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4922/217.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4917/218.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4923/219.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4921/220.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4924/221.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4920/222.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4925/223.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4933/224.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4934/225.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4931/226.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4932/227.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4935/228.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4943/229.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4942/230.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4940/231.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4941/232.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4944/233.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4945/234.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4946/235.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4947/236.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4948/237.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4949/238.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4950/239.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4951/240.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4952/241.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4953/242.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4954/243.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4956/244.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4957/245.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4958/246.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4964/247.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4965/248.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4968/249.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4970/250.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4969/251.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4973/252.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4974/253.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4982/254.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4983/255.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4984/256.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4977/257.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4975/258.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4976/259.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4978/260.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4979/261.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4980/262.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4981/263.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4985/264.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4986/265.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4988/266.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4987/267.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5008/268.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4995/269.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5007/270.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4992/271.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5002/272.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5003/273.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5004/274.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4994/275.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4996/276.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4997/277.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4998/278.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4999/279.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5000/280.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5001/281.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5005/282.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5020/283_1.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5009/284.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5010/285.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5017/286.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5011/287_assinado.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5013/288.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5014/289.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5015/290.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5016/291.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5012/indicacao__vitor061_2.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5018/293.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5022/294.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5019/295_assinado...pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5023/296.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5026/297.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5021/2981.pdf_-_escola.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5024/299.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5025/300.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5027/301.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5028/302.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5029/303.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5030/304.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5031/305.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5032/306.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5033/307.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5034/308.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5035/309.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5036/310.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5037/311.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5039/312.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5040/313.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5041/314.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5042/315.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5043/316.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5044/317.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5045/318.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5059/319.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5060/320.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5061/321.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5062/322.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5068/323.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5070/324.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5069/325.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5071/326.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5079/327.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5072/328.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5073/329.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5080/330_1.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5081/331.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5085/332.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5090/333.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5091/334.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5092/335_1.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5094/336.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5096/337.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5095/338.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5105/339.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5107/340.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5108/341.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5109/342.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5110/343.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5106/344.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5111/345.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5113/346.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5121/347.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5120/348.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5128/349.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5123/350.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5124/351.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5122/352.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5125/353.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5126/355.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5127/356.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5132/357.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5038/01.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4743/mensagem_013-2025_-_pl_-_pedido_de_urgencia_especial_-__parcelamento_especial_-_juina2025_1.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4668/01_p.res._01.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5118/01_plo_20.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5119/02_plo_19.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5065/24_p.elm_assinado_projeto_assinado...._assinado-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5083/25-25.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4635/04.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4697/05.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4741/06.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4822/07.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4823/08.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4911/09__tranf_pdf.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5145/mensagem_032-2025_-_plc_-_dispoe_sobre_alteracao_de_subsidios_de_professor___-_juina2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5174/11.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5207/mensagem_034-2025_-_plc_-_dispoe_sobre_alteracao_de_subsidios_de_professor___-_juina2025_2.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4621/011.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4628/02.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4629/03_sem_assinar.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4630/04_pdf.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4689/05.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4698/06.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4699/07.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4700/08.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4712/09.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4713/101.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4714/111.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4781/12.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4824/13.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4819/14.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4820/151.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4862/16.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4937/17.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4938/mensagem_020-2025_-_dispoe_de_autorizacao_para_abrir_credito_adicional_suplementar_-_habitacao_-_50_casas_-_juina_2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4971/19_ppa.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4972/20_ldo.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4989/21.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4990/22.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4991/23.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5006/24.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5066/pl_25_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5084/26.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5074/27.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5075/28.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5134/pl_29.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5137/pl30.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5138/pl31.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5151/32.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5175/33.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5176/34.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5217/35_carlito.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5220/mensagem_036-2025-_pl_-_altera_a_ppa_2026-2029_-_juina2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5225/mensagem_037-2025_-_pl_-_dispoe_sobre_a_reformulacao_do_cmdr___-_juina2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5226/mensagem_038-2025_-_pl_-_institui_a_politica_municipal_de_desenvolvimento_rural_sustentavel_da_agricultura_familiar___-_juina2025_1.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4624/01-2025_anexo_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4669/02_horario_da_sessao.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4855/03...pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4869/04.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5063/projeto_resolucao_5-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5064/06_p._resolucao_ass._projeto_....._assinado.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5150/07.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4599/01_licenca_prefeito.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5227/02.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4657/mensagem_004-2025_-_pl_-_substitutiva_da_mensagem_n.o_001-_rga-_juina2025_1.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4742/mensagem_012-2025_-_pl_-_substitutiva_da_mensagem_n.o_011-_parcelamento_especial_daes-_juina2025_1.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4794/09__substituido_3.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4825/15_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5058/05_substitutivo_24.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5130/substitutivo_7.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5131/substitutivo_8.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5219/09_plo_31.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4667/01_p.res._01_pdf.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5097/02_plo_19.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5098/03_plo_20.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5177/04_plc_10.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5158/01.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5159/02.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4600/01_pdl_01_pdf.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4632/02_plo_01.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4659/02_plo_02.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4660/04_plo_03.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4661/05_plc_01.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4662/06_res._01.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4677/07_plc_04_escaneado.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4678/08_plo_04_escaneado.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4724/09_pres._02.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4725/10_plo_06.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4729/11_plo_05.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4730/12_plo_10.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4731/13_plo_11.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4748/14_plc_06.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4756/15_plo_07.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4757/16_plo_08.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4795/17_plo_09.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4796/18_plo_12.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4807/19_plc_05.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4833/20_plo_15.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4841/21_plc_07.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4842/22_plc_08_esc..pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4843/23_plo_13.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4844/24_plo_14.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4878/25_plo_16.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4879/26_pres._04.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4927/27_plc_09.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4939/28_plc_09.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4959/29_plo_17.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4960/30_plo_18.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5046/31_plo_21_escaneado.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5047/32_plo_22_escaneado.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5048/33_plo_23_escaneado.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5057/34_plo_24.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5078/35_plo_27.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5099/36_plo_19.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5100/37_plo_20.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5086/38_plo_25.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5101/39_plo_28.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5103/40_pres_05.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5114/43_plo_19.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5115/44_eplo_20.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5156/45_subs._8_plo_26..pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5157/46_subs.7_pelom_25.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5164/48_plo_30.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5184/49_plc_10.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5192/50_emenda_04.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5193/51_plo_32.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5194/52_plc_11.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5208/53_plc_12.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5232/54_subs_09_plo_31.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5233/55_plo_35.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5234/56_plo_36.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5236/57_plo_37.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5237/58_plo_38.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4631/01_-_plo_1.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4663/02_plo_02.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4664/03_plo_03.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4665/04_plc_01.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4666/05_res._01.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4679/06_plc_04_escaneada.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4680/07_plo_04_escaneado.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4726/08_plo_06.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4727/09_plo_10.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4728/10_plo_11.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4747/11_plc_06.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4758/12_plo_07.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4782/13_plo_08.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4797/14_plo_09.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4811/16_plc_05.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4832/17_plo_15.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4845/18_plc_07.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4846/19_plc_08_esc.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4847/20_plo_13.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4848/21_plo_14.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4926/22_plc_09.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4930/22_plc_09.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4961/24_plo_17.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4962/25_plo_18.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5049/26_plo_21.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5050/27_plo_22.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5051/28_plo_23.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5052/29_plo_24.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5077/30_plo_27.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5087/31_plo_19.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5088/32_plo_20.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5089/33_plo_25.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5116/34_plo_19.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5117/35_eplo_20_escaneada.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5154/36_subs._8_plo_26.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5155/37_subs._7_pelom_25.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5167/39_plo_30_assinado.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5185/40_plc_10.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5187/41_pemenda_4_plc_10.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5188/42_plo_32.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5189/43_plc_11.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5190/44_veto_01.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5191/45_veto_02.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5209/46_plc_12.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5230/47_subs._9_plo_31.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5231/48_plo_36.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5238/49_plo_37.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5239/50_plo_38.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5076/01_plo_27.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5102/02_plo_28.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5186/03_plc_10.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5195/04_plo_32.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5210/05_plc_12.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4779/01_plo_08.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4808/02_plc_05.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5053/04_plo_21.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5054/05_plo_22.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5055/06_plo_23.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5056/07_plo_24.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5166/08_plo_30.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5213/01_mocao_02.docx" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5228/03_mocao_04.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5229/04_mocao_05.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5242/05_mocao_06.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5243/06_mocao_07.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4608/01.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4609/02.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4614/03.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4633/04.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4634/05.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4658/06.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4688/07.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4695/08.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4696/09.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4793/10.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4800/11.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4813/12.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4831/13.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4870/14.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4876/15.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4885/16.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4888/17.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4889/18.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4898/19.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4918/20.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4919/21.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4936/22.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4955/23_1.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4963/24.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4966/25.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4993/27.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5067/28.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5104/29_1.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5093/30.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5112/31.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5129/req_32.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5135/33.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5149/34.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5153/35.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5182/36.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5203/37_carlito.docx" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5222/38.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5241/39.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4601/01.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4602/02.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4603/03.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4604/04.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4605/05.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4606/06.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4607/07.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4610/08.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4611/09.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4612/10.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4613/11.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4615/12.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4616/13.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4617/14.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4618/15.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4619/16.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4625/17.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4626/18.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4627/19.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4636/20.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4637/21.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4638/22.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4639/23.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4640/24.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4641/25.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4642/26.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4643/27.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4644/28.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4645/29.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4646/30.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4647/31.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4648/32.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4649/33.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4650/34.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4651/35.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4652/36.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4653/37.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4654/38.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4655/39.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4656/40.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4673/41.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4685/42.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4686/43.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4670/44.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4671/45.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4672/46.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4676/47.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4682/48.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4683/49.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4684/50.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4674/51.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4675/52.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4681/53.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4690/54.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4687/55.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4692/56.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4693/57.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4694/58.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4691/59..pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4706/60.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4707/61.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4708/62.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4709/63.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4701/64.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4702/65.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4703/66.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4704/67.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4705/68.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4710/69.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4711/70.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4715/71.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4716/72.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4717/73.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4718/74.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4719/75.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4720/76.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4721/77.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4722/78.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4723/79.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4737/80.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4740/81.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4732/82.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4733/83.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4734/84.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4749/85.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4735/86.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4744/88.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4745/891.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4736/90.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4738/91.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4750/92.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4739/93.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4752/94.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4746/95.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4753/96.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4754/97.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4755/98.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4759/99.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4764/100.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4766/101.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4761/102.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4762/103.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4763/104.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4767/105.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4760/106.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4765/107_assinado.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4769/108.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4768/109.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4770/110.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4771/111.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4772/112.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4775/113.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4773/114.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4774/115.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4776/116.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4777/117.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4778/118.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4780/119.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4785/120.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4784/121.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4786/123.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4787/124.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4799/125.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4788/126.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4798/127.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4789/128.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4790/129.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4791/130.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4792/131.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4802/132.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4803/133.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4804/134.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4801/135.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4805/136.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4812/137.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4806/138.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4809/139.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4810/140.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4821/141.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4815/142.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4816/143.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4817/144.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4818/145.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4814/146.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4828/147.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4829/148.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4826/149.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4827/150.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4830/151.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4835/152.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4836/153.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4837/154.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4838/155.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4839/156.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4840/157.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4849/158.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4850/159.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4851/160.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4854/161.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4852/162.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4853/163.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4857/164.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4856/165.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4858/166.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4859/167.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4860/168.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4861/169.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4863/170.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4865/171.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4880/172.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4864/173.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4866/174.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4867/175.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4868/176.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4871/177.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4872/178.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4873/179.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4874/180.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4875/181.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4886/182.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4877/183.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4884/184.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4882/185.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4881/186_1.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4883/187.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4894/188.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4893/189.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4887/190.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4895/191.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4890/192.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4891/193.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4896/194.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4897/195.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4892/196.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4904/197.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4903/198.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4905/200.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4901/201.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4900/202.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4902/203.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4907/204.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4899/205.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4909/206.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4906/207.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4908/208.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4912/209..pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4910/210_..pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4913/211.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4916/212.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4914/213.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4928/214.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4929/215.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4915/216.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4922/217.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4917/218.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4923/219.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4921/220.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4924/221.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4920/222.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4925/2231.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4933/224.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4934/225.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4931/226.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4932/227.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4935/228.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4943/229.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4942/230.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4940/231.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4941/232.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4944/233.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4945/234.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4946/235.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4947/236.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4948/237.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4949/238.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4950/239.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4951/240.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4952/241.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4953/242.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4954/243.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4956/244.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4957/245.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4958/246.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4964/247.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4965/248.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4968/249.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4970/250.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4969/251.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4973/252.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4974/253.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4982/254.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4983/255.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4984/256.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4977/257.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4975/258.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4976/259.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4978/260.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4979/261.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4980/262.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4981/263.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4985/264.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4986/265.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4988/266.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4987/267.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5008/268.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4995/269.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5007/270.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4992/271.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5002/272.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5003/273.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5004/274.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4994/275.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4996/276.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4997/277.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4998/278.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4999/279.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5000/280.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5001/281.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5005/282.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5020/283_1.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5009/284.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5010/285.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5017/286.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5011/287_assinado.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5013/288.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5014/289.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5015/290.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5016/291.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5012/indicacao__vitor061_2.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5018/293.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5022/294.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5019/295_assinado...pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5023/296.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5026/297.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5021/2981.pdf_-_escola.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5024/299.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5025/300.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5027/301.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5028/302.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5029/303.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5030/304.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5031/305.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5032/306.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5033/307.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5034/308.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5035/309.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5036/310.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5037/311.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5039/312.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5040/313.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5041/314.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5042/315.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5043/316.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5044/317.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5045/318.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5059/319.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5060/320.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5061/321.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5062/322.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5068/323.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5070/324.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5069/325.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5071/326.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5079/327.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5072/328.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5073/329.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5080/330_1.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5081/331.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5085/332.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5090/333.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5091/334.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5092/335_1.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5094/336.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5096/337.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5095/338.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5105/339.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5107/340.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5108/341.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5109/342.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5110/343.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5106/344.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5111/345.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5113/346.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5121/347.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5120/348.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5128/349.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5123/350.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5124/351.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5122/352.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5125/353.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5126/355.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5127/356.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5132/357.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5139/358.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5140/359.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5141/360.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5136/361.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5142/362.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5143/363.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5144/364.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5146/366.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5147/367.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5148/368.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5152/369.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5160/370.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5161/371.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5162/372.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5163/373.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5165/374.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5172/375.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5168/376.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5169/377.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5170/378.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5171/379.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5173/380.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5178/381_assinado.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5179/383.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5180/384.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5181/385.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5198/386.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5197/387.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5206/388.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5199/389.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5200/390.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5201/391.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5202/392.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5211/393.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5212/394.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5215/395.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5240/396.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5221/397.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5235/398.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5038/01.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5204/02.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5205/03.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5216/04.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5218/05.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5223/06.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5224/07.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4743/mensagem_013-2025_-_pl_-_pedido_de_urgencia_especial_-__parcelamento_especial_-_juina2025_1.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5183/mensagem_033-2025_-_plc_-_retirada_de_pauta_-__alteracao_de_subsidios_de_professor___-_juina2025.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/4668/01_p.res._01.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5118/01_plo_20.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.juina.mt.leg.br/media/sapl/public/materialegislativa/2025/5119/02_plo_19.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H528"/>
+  <dimension ref="A1:H637"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="220.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="187" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="197.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -7329,13531 +8703,16365 @@
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>25</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H9" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>49</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>50</v>
       </c>
       <c r="D10" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="E10" t="s">
-        <v>52</v>
+        <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>30</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="H10" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>53</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>54</v>
+      </c>
+      <c r="D11" t="s">
+        <v>23</v>
+      </c>
+      <c r="E11" t="s">
+        <v>24</v>
+      </c>
+      <c r="F11" t="s">
         <v>55</v>
       </c>
-      <c r="B11" t="s">
-[...2 lines deleted...]
-      <c r="C11" t="s">
+      <c r="G11" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="D11" t="s">
-[...8 lines deleted...]
-      <c r="G11" s="1" t="s">
+      <c r="H11" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>58</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
         <v>59</v>
       </c>
-      <c r="B12" t="s">
-[...2 lines deleted...]
-      <c r="C12" t="s">
+      <c r="D12" t="s">
+        <v>23</v>
+      </c>
+      <c r="E12" t="s">
+        <v>24</v>
+      </c>
+      <c r="F12" t="s">
+        <v>30</v>
+      </c>
+      <c r="G12" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="D12" t="s">
-[...2 lines deleted...]
-      <c r="E12" t="s">
+      <c r="H12" t="s">
         <v>52</v>
-      </c>
-[...7 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>61</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>62</v>
+      </c>
+      <c r="D13" t="s">
         <v>63</v>
       </c>
-      <c r="B13" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F13" t="s">
-        <v>64</v>
+        <v>30</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>65</v>
       </c>
       <c r="H13" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>67</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>29</v>
+        <v>68</v>
       </c>
       <c r="D14" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="E14" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F14" t="s">
-        <v>68</v>
+        <v>30</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>69</v>
       </c>
       <c r="H14" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>71</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>72</v>
       </c>
       <c r="D15" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="E15" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F15" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="D16" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="E16" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F16" t="s">
-        <v>30</v>
+        <v>76</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="H16" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="D17" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="E17" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F17" t="s">
-        <v>30</v>
+        <v>80</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="H17" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="D18" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="E18" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F18" t="s">
         <v>30</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="H18" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>84</v>
+        <v>38</v>
       </c>
       <c r="D19" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="E19" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F19" t="s">
         <v>30</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="H19" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>88</v>
+        <v>42</v>
       </c>
       <c r="D20" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="E20" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F20" t="s">
         <v>30</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H20" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>92</v>
+        <v>46</v>
       </c>
       <c r="D21" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="E21" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F21" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>93</v>
       </c>
       <c r="H21" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>95</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
+        <v>50</v>
+      </c>
+      <c r="D22" t="s">
+        <v>63</v>
+      </c>
+      <c r="E22" t="s">
+        <v>64</v>
+      </c>
+      <c r="F22" t="s">
+        <v>30</v>
+      </c>
+      <c r="G22" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="D22" t="s">
-[...5 lines deleted...]
-      <c r="F22" t="s">
+      <c r="H22" t="s">
         <v>97</v>
-      </c>
-[...4 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>101</v>
+        <v>54</v>
       </c>
       <c r="D23" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="E23" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F23" t="s">
         <v>30</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="H23" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>105</v>
+        <v>59</v>
       </c>
       <c r="D24" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="E24" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F24" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="H24" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
+        <v>104</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>105</v>
+      </c>
+      <c r="D25" t="s">
+        <v>63</v>
+      </c>
+      <c r="E25" t="s">
+        <v>64</v>
+      </c>
+      <c r="F25" t="s">
+        <v>106</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="H25" t="s">
         <v>108</v>
-      </c>
-[...19 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="D26" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="E26" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F26" t="s">
-        <v>115</v>
+        <v>30</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="H26" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="D27" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="E27" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F27" t="s">
         <v>30</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="H27" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="D28" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="E28" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F28" t="s">
-        <v>30</v>
+        <v>119</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="H28" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
+        <v>122</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>123</v>
+      </c>
+      <c r="D29" t="s">
+        <v>63</v>
+      </c>
+      <c r="E29" t="s">
+        <v>64</v>
+      </c>
+      <c r="F29" t="s">
+        <v>124</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="H29" t="s">
         <v>126</v>
-      </c>
-[...19 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="D30" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="E30" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F30" t="s">
         <v>30</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="H30" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="D31" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="E31" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F31" t="s">
         <v>30</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="H31" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="D32" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="E32" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F32" t="s">
         <v>30</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="H32" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>10</v>
+        <v>140</v>
       </c>
       <c r="D33" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="E33" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F33" t="s">
         <v>30</v>
       </c>
       <c r="G33" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="H33" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
+        <v>143</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
         <v>144</v>
       </c>
-      <c r="B34" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D34" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="E34" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F34" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>145</v>
       </c>
       <c r="H34" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
+        <v>146</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
         <v>147</v>
       </c>
-      <c r="B35" t="s">
-[...2 lines deleted...]
-      <c r="C35" t="s">
+      <c r="D35" t="s">
+        <v>63</v>
+      </c>
+      <c r="E35" t="s">
+        <v>64</v>
+      </c>
+      <c r="F35" t="s">
+        <v>30</v>
+      </c>
+      <c r="G35" s="1" t="s">
         <v>148</v>
       </c>
-      <c r="D35" t="s">
-[...5 lines deleted...]
-      <c r="F35" t="s">
+      <c r="H35" t="s">
         <v>149</v>
-      </c>
-[...4 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>153</v>
+        <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="E36" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F36" t="s">
         <v>30</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="H36" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>157</v>
+        <v>17</v>
       </c>
       <c r="D37" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="E37" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F37" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="H37" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
+        <v>156</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>157</v>
+      </c>
+      <c r="D38" t="s">
+        <v>63</v>
+      </c>
+      <c r="E38" t="s">
+        <v>64</v>
+      </c>
+      <c r="F38" t="s">
+        <v>158</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="H38" t="s">
         <v>160</v>
-      </c>
-[...19 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>56</v>
+        <v>162</v>
       </c>
       <c r="D39" t="s">
-        <v>161</v>
+        <v>63</v>
       </c>
       <c r="E39" t="s">
-        <v>162</v>
+        <v>64</v>
       </c>
       <c r="F39" t="s">
-        <v>64</v>
+        <v>30</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="H39" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
+        <v>165</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>166</v>
+      </c>
+      <c r="D40" t="s">
+        <v>63</v>
+      </c>
+      <c r="E40" t="s">
+        <v>64</v>
+      </c>
+      <c r="F40" t="s">
+        <v>30</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="H40" t="s">
         <v>168</v>
-      </c>
-[...19 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
+        <v>169</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>170</v>
+      </c>
+      <c r="D41" t="s">
+        <v>63</v>
+      </c>
+      <c r="E41" t="s">
+        <v>64</v>
+      </c>
+      <c r="F41" t="s">
+        <v>171</v>
+      </c>
+      <c r="G41" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="B41" t="s">
-[...14 lines deleted...]
-      <c r="G41" s="1" t="s">
+      <c r="H41" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
+        <v>174</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
         <v>175</v>
       </c>
-      <c r="B42" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D42" t="s">
-        <v>161</v>
+        <v>63</v>
       </c>
       <c r="E42" t="s">
-        <v>162</v>
+        <v>64</v>
       </c>
       <c r="F42" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H42" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>178</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>34</v>
+        <v>179</v>
       </c>
       <c r="D43" t="s">
-        <v>161</v>
+        <v>63</v>
       </c>
       <c r="E43" t="s">
-        <v>162</v>
+        <v>64</v>
       </c>
       <c r="F43" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="H43" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>50</v>
+        <v>183</v>
       </c>
       <c r="D44" t="s">
-        <v>182</v>
+        <v>63</v>
       </c>
       <c r="E44" t="s">
-        <v>183</v>
+        <v>64</v>
       </c>
       <c r="F44" t="s">
-        <v>64</v>
+        <v>25</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>184</v>
       </c>
       <c r="H44" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>186</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>50</v>
+        <v>187</v>
       </c>
       <c r="D45" t="s">
-        <v>187</v>
+        <v>63</v>
       </c>
       <c r="E45" t="s">
+        <v>64</v>
+      </c>
+      <c r="F45" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="G45" s="1" t="s">
         <v>189</v>
       </c>
       <c r="H45" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>191</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>56</v>
+        <v>192</v>
       </c>
       <c r="D46" t="s">
-        <v>187</v>
+        <v>63</v>
       </c>
       <c r="E46" t="s">
+        <v>64</v>
+      </c>
+      <c r="F46" t="s">
         <v>188</v>
       </c>
-      <c r="F46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G46" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="H46" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>60</v>
+        <v>196</v>
       </c>
       <c r="D47" t="s">
-        <v>187</v>
+        <v>63</v>
       </c>
       <c r="E47" t="s">
+        <v>64</v>
+      </c>
+      <c r="F47" t="s">
         <v>188</v>
       </c>
-      <c r="F47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G47" s="1" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="H47" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>22</v>
+        <v>200</v>
       </c>
       <c r="D48" t="s">
-        <v>187</v>
+        <v>63</v>
       </c>
       <c r="E48" t="s">
-        <v>188</v>
+        <v>64</v>
       </c>
       <c r="F48" t="s">
         <v>30</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="H48" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>29</v>
+        <v>204</v>
       </c>
       <c r="D49" t="s">
-        <v>187</v>
+        <v>63</v>
       </c>
       <c r="E49" t="s">
-        <v>188</v>
+        <v>64</v>
       </c>
       <c r="F49" t="s">
         <v>30</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H49" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>38</v>
+        <v>208</v>
       </c>
       <c r="D50" t="s">
-        <v>187</v>
+        <v>63</v>
       </c>
       <c r="E50" t="s">
-        <v>188</v>
+        <v>64</v>
       </c>
       <c r="F50" t="s">
-        <v>64</v>
+        <v>30</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="H50" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>42</v>
+        <v>62</v>
       </c>
       <c r="D51" t="s">
-        <v>187</v>
+        <v>212</v>
       </c>
       <c r="E51" t="s">
-        <v>188</v>
+        <v>213</v>
       </c>
       <c r="F51" t="s">
-        <v>64</v>
+        <v>25</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>207</v>
+        <v>214</v>
       </c>
       <c r="H51" t="s">
-        <v>208</v>
+        <v>215</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>50</v>
+        <v>68</v>
       </c>
       <c r="D52" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="E52" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="F52" t="s">
-        <v>212</v>
+        <v>76</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="H52" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>56</v>
+        <v>72</v>
       </c>
       <c r="D53" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="E53" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="F53" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="H53" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>60</v>
+        <v>22</v>
       </c>
       <c r="D54" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="E54" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="F54" t="s">
-        <v>216</v>
+        <v>25</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="H54" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="D55" t="s">
-        <v>223</v>
+        <v>212</v>
       </c>
       <c r="E55" t="s">
-        <v>224</v>
+        <v>213</v>
       </c>
       <c r="F55" t="s">
-        <v>225</v>
+        <v>25</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="H55" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>56</v>
+        <v>34</v>
       </c>
       <c r="D56" t="s">
-        <v>223</v>
+        <v>212</v>
       </c>
       <c r="E56" t="s">
-        <v>224</v>
+        <v>213</v>
       </c>
       <c r="F56" t="s">
-        <v>225</v>
+        <v>25</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="H56" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>60</v>
+        <v>38</v>
       </c>
       <c r="D57" t="s">
-        <v>223</v>
+        <v>212</v>
       </c>
       <c r="E57" t="s">
-        <v>224</v>
+        <v>213</v>
       </c>
       <c r="F57" t="s">
-        <v>225</v>
+        <v>25</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="H57" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="D58" t="s">
-        <v>223</v>
+        <v>236</v>
       </c>
       <c r="E58" t="s">
-        <v>224</v>
+        <v>237</v>
       </c>
       <c r="F58" t="s">
-        <v>225</v>
+        <v>76</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="H58" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
+        <v>240</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>68</v>
+      </c>
+      <c r="D59" t="s">
+        <v>236</v>
+      </c>
+      <c r="E59" t="s">
         <v>237</v>
       </c>
-      <c r="B59" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F59" t="s">
-        <v>225</v>
+        <v>241</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="H59" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>34</v>
+        <v>62</v>
       </c>
       <c r="D60" t="s">
-        <v>223</v>
+        <v>245</v>
       </c>
       <c r="E60" t="s">
-        <v>224</v>
+        <v>246</v>
       </c>
       <c r="F60" t="s">
-        <v>225</v>
+        <v>30</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="H60" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>38</v>
+        <v>68</v>
       </c>
       <c r="D61" t="s">
-        <v>223</v>
+        <v>245</v>
       </c>
       <c r="E61" t="s">
-        <v>224</v>
+        <v>246</v>
       </c>
       <c r="F61" t="s">
-        <v>225</v>
+        <v>30</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="H61" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
+        <v>252</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>72</v>
+      </c>
+      <c r="D62" t="s">
+        <v>245</v>
+      </c>
+      <c r="E62" t="s">
         <v>246</v>
       </c>
-      <c r="B62" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F62" t="s">
-        <v>225</v>
+        <v>30</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
       <c r="H62" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>46</v>
+        <v>22</v>
       </c>
       <c r="D63" t="s">
-        <v>223</v>
+        <v>245</v>
       </c>
       <c r="E63" t="s">
-        <v>224</v>
+        <v>246</v>
       </c>
       <c r="F63" t="s">
-        <v>225</v>
+        <v>30</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="H63" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>252</v>
+        <v>258</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>84</v>
+        <v>29</v>
       </c>
       <c r="D64" t="s">
-        <v>223</v>
+        <v>245</v>
       </c>
       <c r="E64" t="s">
-        <v>224</v>
+        <v>246</v>
       </c>
       <c r="F64" t="s">
-        <v>225</v>
+        <v>30</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
       <c r="H64" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>255</v>
+        <v>261</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>88</v>
+        <v>38</v>
       </c>
       <c r="D65" t="s">
-        <v>223</v>
+        <v>245</v>
       </c>
       <c r="E65" t="s">
-        <v>224</v>
+        <v>246</v>
       </c>
       <c r="F65" t="s">
-        <v>225</v>
+        <v>76</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>256</v>
+        <v>262</v>
       </c>
       <c r="H65" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>92</v>
+        <v>42</v>
       </c>
       <c r="D66" t="s">
-        <v>223</v>
+        <v>245</v>
       </c>
       <c r="E66" t="s">
-        <v>224</v>
+        <v>246</v>
       </c>
       <c r="F66" t="s">
-        <v>225</v>
+        <v>76</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="H66" t="s">
-        <v>260</v>
+        <v>266</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>96</v>
+        <v>46</v>
       </c>
       <c r="D67" t="s">
-        <v>223</v>
+        <v>245</v>
       </c>
       <c r="E67" t="s">
-        <v>224</v>
+        <v>246</v>
       </c>
       <c r="F67" t="s">
-        <v>225</v>
+        <v>30</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="H67" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>264</v>
+        <v>270</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>101</v>
+        <v>62</v>
       </c>
       <c r="D68" t="s">
-        <v>223</v>
+        <v>271</v>
       </c>
       <c r="E68" t="s">
-        <v>224</v>
+        <v>272</v>
       </c>
       <c r="F68" t="s">
-        <v>225</v>
+        <v>171</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>265</v>
+        <v>273</v>
       </c>
       <c r="H68" t="s">
-        <v>266</v>
+        <v>274</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>105</v>
+        <v>68</v>
       </c>
       <c r="D69" t="s">
-        <v>223</v>
+        <v>271</v>
       </c>
       <c r="E69" t="s">
-        <v>224</v>
+        <v>272</v>
       </c>
       <c r="F69" t="s">
-        <v>225</v>
+        <v>276</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>268</v>
+        <v>277</v>
       </c>
       <c r="H69" t="s">
-        <v>269</v>
+        <v>278</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>270</v>
+        <v>279</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>109</v>
+        <v>72</v>
       </c>
       <c r="D70" t="s">
-        <v>223</v>
+        <v>271</v>
       </c>
       <c r="E70" t="s">
-        <v>224</v>
+        <v>272</v>
       </c>
       <c r="F70" t="s">
-        <v>225</v>
+        <v>276</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>271</v>
+        <v>280</v>
       </c>
       <c r="H70" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="D71" t="s">
-        <v>223</v>
+        <v>271</v>
       </c>
       <c r="E71" t="s">
-        <v>224</v>
+        <v>272</v>
       </c>
       <c r="F71" t="s">
-        <v>225</v>
+        <v>188</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="H71" t="s">
-        <v>275</v>
+        <v>284</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>276</v>
+        <v>285</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>119</v>
+        <v>62</v>
       </c>
       <c r="D72" t="s">
-        <v>223</v>
+        <v>286</v>
       </c>
       <c r="E72" t="s">
-        <v>224</v>
+        <v>287</v>
       </c>
       <c r="F72" t="s">
-        <v>225</v>
+        <v>30</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>277</v>
+        <v>288</v>
       </c>
       <c r="H72" t="s">
-        <v>278</v>
+        <v>289</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>279</v>
+        <v>290</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>123</v>
+        <v>68</v>
       </c>
       <c r="D73" t="s">
-        <v>223</v>
+        <v>286</v>
       </c>
       <c r="E73" t="s">
-        <v>224</v>
+        <v>287</v>
       </c>
       <c r="F73" t="s">
-        <v>225</v>
+        <v>30</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>280</v>
+        <v>291</v>
       </c>
       <c r="H73" t="s">
-        <v>281</v>
+        <v>292</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>282</v>
+        <v>293</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>127</v>
+        <v>62</v>
       </c>
       <c r="D74" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E74" t="s">
-        <v>224</v>
+        <v>295</v>
       </c>
       <c r="F74" t="s">
-        <v>283</v>
+        <v>296</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>284</v>
+        <v>297</v>
       </c>
       <c r="H74" t="s">
-        <v>285</v>
+        <v>298</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>286</v>
+        <v>299</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>131</v>
+        <v>68</v>
       </c>
       <c r="D75" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E75" t="s">
-        <v>224</v>
+        <v>295</v>
       </c>
       <c r="F75" t="s">
-        <v>225</v>
+        <v>296</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>287</v>
+        <v>300</v>
       </c>
       <c r="H75" t="s">
-        <v>288</v>
+        <v>301</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>289</v>
+        <v>302</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>135</v>
+        <v>72</v>
       </c>
       <c r="D76" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E76" t="s">
-        <v>224</v>
+        <v>295</v>
       </c>
       <c r="F76" t="s">
-        <v>225</v>
+        <v>296</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>290</v>
+        <v>303</v>
       </c>
       <c r="H76" t="s">
-        <v>291</v>
+        <v>304</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>292</v>
+        <v>305</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>138</v>
+        <v>22</v>
       </c>
       <c r="D77" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E77" t="s">
-        <v>224</v>
+        <v>295</v>
       </c>
       <c r="F77" t="s">
-        <v>225</v>
+        <v>296</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>293</v>
+        <v>306</v>
       </c>
       <c r="H77" t="s">
-        <v>294</v>
+        <v>307</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
+        <v>308</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>29</v>
+      </c>
+      <c r="D78" t="s">
+        <v>294</v>
+      </c>
+      <c r="E78" t="s">
         <v>295</v>
       </c>
-      <c r="B78" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F78" t="s">
-        <v>225</v>
+        <v>296</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>296</v>
+        <v>309</v>
       </c>
       <c r="H78" t="s">
-        <v>297</v>
+        <v>310</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>298</v>
+        <v>311</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="D79" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E79" t="s">
-        <v>224</v>
+        <v>295</v>
       </c>
       <c r="F79" t="s">
-        <v>225</v>
+        <v>296</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>299</v>
+        <v>312</v>
       </c>
       <c r="H79" t="s">
-        <v>300</v>
+        <v>313</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>301</v>
+        <v>314</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>148</v>
+        <v>38</v>
       </c>
       <c r="D80" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E80" t="s">
-        <v>224</v>
+        <v>295</v>
       </c>
       <c r="F80" t="s">
-        <v>225</v>
+        <v>296</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>302</v>
+        <v>315</v>
       </c>
       <c r="H80" t="s">
-        <v>303</v>
+        <v>316</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>304</v>
+        <v>317</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>153</v>
+        <v>42</v>
       </c>
       <c r="D81" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E81" t="s">
-        <v>224</v>
+        <v>295</v>
       </c>
       <c r="F81" t="s">
-        <v>283</v>
+        <v>296</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>305</v>
+        <v>318</v>
       </c>
       <c r="H81" t="s">
-        <v>306</v>
+        <v>319</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>307</v>
+        <v>320</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>157</v>
+        <v>46</v>
       </c>
       <c r="D82" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E82" t="s">
-        <v>224</v>
+        <v>295</v>
       </c>
       <c r="F82" t="s">
-        <v>225</v>
+        <v>296</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>308</v>
+        <v>321</v>
       </c>
       <c r="H82" t="s">
-        <v>309</v>
+        <v>322</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>310</v>
+        <v>323</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>311</v>
+        <v>50</v>
       </c>
       <c r="D83" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E83" t="s">
-        <v>224</v>
+        <v>295</v>
       </c>
       <c r="F83" t="s">
-        <v>225</v>
+        <v>296</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>312</v>
+        <v>324</v>
       </c>
       <c r="H83" t="s">
-        <v>313</v>
+        <v>325</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>314</v>
+        <v>326</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>315</v>
+        <v>54</v>
       </c>
       <c r="D84" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E84" t="s">
-        <v>224</v>
+        <v>295</v>
       </c>
       <c r="F84" t="s">
-        <v>225</v>
+        <v>296</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>316</v>
+        <v>327</v>
       </c>
       <c r="H84" t="s">
-        <v>317</v>
+        <v>328</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>318</v>
+        <v>329</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>319</v>
+        <v>59</v>
       </c>
       <c r="D85" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E85" t="s">
-        <v>224</v>
+        <v>295</v>
       </c>
       <c r="F85" t="s">
-        <v>225</v>
+        <v>296</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>320</v>
+        <v>330</v>
       </c>
       <c r="H85" t="s">
-        <v>321</v>
+        <v>331</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>322</v>
+        <v>332</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>323</v>
+        <v>105</v>
       </c>
       <c r="D86" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E86" t="s">
-        <v>224</v>
+        <v>295</v>
       </c>
       <c r="F86" t="s">
-        <v>225</v>
+        <v>296</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>324</v>
+        <v>333</v>
       </c>
       <c r="H86" t="s">
-        <v>325</v>
+        <v>334</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>326</v>
+        <v>335</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>327</v>
+        <v>110</v>
       </c>
       <c r="D87" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E87" t="s">
-        <v>224</v>
+        <v>295</v>
       </c>
       <c r="F87" t="s">
-        <v>225</v>
+        <v>296</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>328</v>
+        <v>336</v>
       </c>
       <c r="H87" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>331</v>
+        <v>114</v>
       </c>
       <c r="D88" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E88" t="s">
-        <v>224</v>
+        <v>295</v>
       </c>
       <c r="F88" t="s">
-        <v>225</v>
+        <v>296</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>332</v>
+        <v>339</v>
       </c>
       <c r="H88" t="s">
-        <v>333</v>
+        <v>340</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>334</v>
+        <v>341</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>335</v>
+        <v>118</v>
       </c>
       <c r="D89" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E89" t="s">
-        <v>224</v>
+        <v>295</v>
       </c>
       <c r="F89" t="s">
-        <v>225</v>
+        <v>296</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
       <c r="H89" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>339</v>
+        <v>123</v>
       </c>
       <c r="D90" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E90" t="s">
-        <v>224</v>
+        <v>295</v>
       </c>
       <c r="F90" t="s">
-        <v>225</v>
+        <v>296</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="H90" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>343</v>
+        <v>128</v>
       </c>
       <c r="D91" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E91" t="s">
-        <v>224</v>
+        <v>295</v>
       </c>
       <c r="F91" t="s">
-        <v>225</v>
+        <v>296</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="H91" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>347</v>
+        <v>132</v>
       </c>
       <c r="D92" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E92" t="s">
-        <v>224</v>
+        <v>295</v>
       </c>
       <c r="F92" t="s">
-        <v>225</v>
+        <v>296</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="H92" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>351</v>
+        <v>136</v>
       </c>
       <c r="D93" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E93" t="s">
-        <v>224</v>
+        <v>295</v>
       </c>
       <c r="F93" t="s">
-        <v>225</v>
+        <v>241</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="H93" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>355</v>
+        <v>140</v>
       </c>
       <c r="D94" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E94" t="s">
-        <v>224</v>
+        <v>295</v>
       </c>
       <c r="F94" t="s">
-        <v>225</v>
+        <v>296</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="H94" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>359</v>
+        <v>144</v>
       </c>
       <c r="D95" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E95" t="s">
-        <v>224</v>
+        <v>295</v>
       </c>
       <c r="F95" t="s">
-        <v>225</v>
+        <v>296</v>
       </c>
       <c r="G95" s="1" t="s">
         <v>360</v>
       </c>
       <c r="H95" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>362</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
+        <v>147</v>
+      </c>
+      <c r="D96" t="s">
+        <v>294</v>
+      </c>
+      <c r="E96" t="s">
+        <v>295</v>
+      </c>
+      <c r="F96" t="s">
+        <v>296</v>
+      </c>
+      <c r="G96" s="1" t="s">
         <v>363</v>
       </c>
-      <c r="D96" t="s">
-[...8 lines deleted...]
-      <c r="G96" s="1" t="s">
+      <c r="H96" t="s">
         <v>364</v>
-      </c>
-[...1 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
+        <v>365</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>10</v>
+      </c>
+      <c r="D97" t="s">
+        <v>294</v>
+      </c>
+      <c r="E97" t="s">
+        <v>295</v>
+      </c>
+      <c r="F97" t="s">
+        <v>296</v>
+      </c>
+      <c r="G97" s="1" t="s">
         <v>366</v>
       </c>
-      <c r="B97" t="s">
-[...8 lines deleted...]
-      <c r="E97" t="s">
+      <c r="H97" t="s">
         <v>367</v>
-      </c>
-[...7 lines deleted...]
-        <v>369</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
+        <v>368</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>17</v>
+      </c>
+      <c r="D98" t="s">
+        <v>294</v>
+      </c>
+      <c r="E98" t="s">
+        <v>295</v>
+      </c>
+      <c r="F98" t="s">
+        <v>296</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="H98" t="s">
         <v>370</v>
-      </c>
-[...19 lines deleted...]
-        <v>372</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
+        <v>371</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>157</v>
+      </c>
+      <c r="D99" t="s">
+        <v>294</v>
+      </c>
+      <c r="E99" t="s">
+        <v>295</v>
+      </c>
+      <c r="F99" t="s">
+        <v>296</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="H99" t="s">
         <v>373</v>
-      </c>
-[...19 lines deleted...]
-        <v>375</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
+        <v>374</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>162</v>
+      </c>
+      <c r="D100" t="s">
+        <v>294</v>
+      </c>
+      <c r="E100" t="s">
+        <v>295</v>
+      </c>
+      <c r="F100" t="s">
+        <v>241</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="H100" t="s">
         <v>376</v>
-      </c>
-[...19 lines deleted...]
-        <v>378</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
+        <v>377</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>166</v>
+      </c>
+      <c r="D101" t="s">
+        <v>294</v>
+      </c>
+      <c r="E101" t="s">
+        <v>295</v>
+      </c>
+      <c r="F101" t="s">
+        <v>296</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="H101" t="s">
         <v>379</v>
-      </c>
-[...19 lines deleted...]
-        <v>381</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
+        <v>380</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>170</v>
+      </c>
+      <c r="D102" t="s">
+        <v>294</v>
+      </c>
+      <c r="E102" t="s">
+        <v>295</v>
+      </c>
+      <c r="F102" t="s">
+        <v>296</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="H102" t="s">
         <v>382</v>
-      </c>
-[...19 lines deleted...]
-        <v>384</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
+        <v>383</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>175</v>
+      </c>
+      <c r="D103" t="s">
+        <v>294</v>
+      </c>
+      <c r="E103" t="s">
+        <v>295</v>
+      </c>
+      <c r="F103" t="s">
+        <v>296</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="H103" t="s">
         <v>385</v>
-      </c>
-[...19 lines deleted...]
-        <v>387</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
+        <v>386</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>179</v>
+      </c>
+      <c r="D104" t="s">
+        <v>294</v>
+      </c>
+      <c r="E104" t="s">
+        <v>295</v>
+      </c>
+      <c r="F104" t="s">
+        <v>296</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="H104" t="s">
         <v>388</v>
-      </c>
-[...19 lines deleted...]
-        <v>390</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
+        <v>389</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>183</v>
+      </c>
+      <c r="D105" t="s">
+        <v>294</v>
+      </c>
+      <c r="E105" t="s">
+        <v>295</v>
+      </c>
+      <c r="F105" t="s">
+        <v>296</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="H105" t="s">
         <v>391</v>
-      </c>
-[...19 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
+        <v>392</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>187</v>
+      </c>
+      <c r="D106" t="s">
+        <v>294</v>
+      </c>
+      <c r="E106" t="s">
+        <v>295</v>
+      </c>
+      <c r="F106" t="s">
+        <v>296</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="H106" t="s">
         <v>394</v>
-      </c>
-[...19 lines deleted...]
-        <v>396</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
+        <v>395</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>192</v>
+      </c>
+      <c r="D107" t="s">
+        <v>294</v>
+      </c>
+      <c r="E107" t="s">
+        <v>295</v>
+      </c>
+      <c r="F107" t="s">
+        <v>296</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="H107" t="s">
         <v>397</v>
-      </c>
-[...19 lines deleted...]
-        <v>399</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
+        <v>398</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>196</v>
+      </c>
+      <c r="D108" t="s">
+        <v>294</v>
+      </c>
+      <c r="E108" t="s">
+        <v>295</v>
+      </c>
+      <c r="F108" t="s">
+        <v>296</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="H108" t="s">
         <v>400</v>
-      </c>
-[...19 lines deleted...]
-        <v>402</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
+        <v>401</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>200</v>
+      </c>
+      <c r="D109" t="s">
+        <v>294</v>
+      </c>
+      <c r="E109" t="s">
+        <v>295</v>
+      </c>
+      <c r="F109" t="s">
+        <v>296</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="H109" t="s">
         <v>403</v>
-      </c>
-[...19 lines deleted...]
-        <v>405</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
+        <v>404</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>204</v>
+      </c>
+      <c r="D110" t="s">
+        <v>294</v>
+      </c>
+      <c r="E110" t="s">
+        <v>295</v>
+      </c>
+      <c r="F110" t="s">
+        <v>296</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="H110" t="s">
         <v>406</v>
-      </c>
-[...19 lines deleted...]
-        <v>408</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
+        <v>407</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>208</v>
+      </c>
+      <c r="D111" t="s">
+        <v>294</v>
+      </c>
+      <c r="E111" t="s">
+        <v>295</v>
+      </c>
+      <c r="F111" t="s">
+        <v>296</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="H111" t="s">
         <v>409</v>
-      </c>
-[...19 lines deleted...]
-        <v>411</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
+        <v>410</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>411</v>
+      </c>
+      <c r="D112" t="s">
+        <v>294</v>
+      </c>
+      <c r="E112" t="s">
+        <v>295</v>
+      </c>
+      <c r="F112" t="s">
+        <v>296</v>
+      </c>
+      <c r="G112" s="1" t="s">
         <v>412</v>
       </c>
-      <c r="B112" t="s">
-[...14 lines deleted...]
-      <c r="G112" s="1" t="s">
+      <c r="H112" t="s">
         <v>413</v>
-      </c>
-[...1 lines deleted...]
-        <v>414</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
+        <v>414</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
         <v>415</v>
       </c>
-      <c r="B113" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D113" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E113" t="s">
-        <v>367</v>
+        <v>295</v>
       </c>
       <c r="F113" t="s">
-        <v>283</v>
+        <v>296</v>
       </c>
       <c r="G113" s="1" t="s">
         <v>416</v>
       </c>
       <c r="H113" t="s">
         <v>417</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>418</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>123</v>
+        <v>419</v>
       </c>
       <c r="D114" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E114" t="s">
-        <v>367</v>
+        <v>295</v>
       </c>
       <c r="F114" t="s">
-        <v>283</v>
+        <v>296</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="H114" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>127</v>
+        <v>423</v>
       </c>
       <c r="D115" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E115" t="s">
-        <v>367</v>
+        <v>295</v>
       </c>
       <c r="F115" t="s">
-        <v>283</v>
+        <v>296</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="H115" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>131</v>
+        <v>427</v>
       </c>
       <c r="D116" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E116" t="s">
-        <v>367</v>
+        <v>295</v>
       </c>
       <c r="F116" t="s">
-        <v>283</v>
+        <v>296</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="H116" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>135</v>
+        <v>431</v>
       </c>
       <c r="D117" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E117" t="s">
-        <v>367</v>
+        <v>295</v>
       </c>
       <c r="F117" t="s">
-        <v>283</v>
+        <v>296</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="H117" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>138</v>
+        <v>435</v>
       </c>
       <c r="D118" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E118" t="s">
-        <v>367</v>
+        <v>295</v>
       </c>
       <c r="F118" t="s">
-        <v>431</v>
+        <v>296</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="H118" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>10</v>
+        <v>439</v>
       </c>
       <c r="D119" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E119" t="s">
-        <v>367</v>
+        <v>295</v>
       </c>
       <c r="F119" t="s">
-        <v>283</v>
+        <v>296</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="H119" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>17</v>
+        <v>443</v>
       </c>
       <c r="D120" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E120" t="s">
-        <v>367</v>
+        <v>295</v>
       </c>
       <c r="F120" t="s">
-        <v>283</v>
+        <v>296</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>438</v>
+        <v>444</v>
       </c>
       <c r="H120" t="s">
-        <v>439</v>
+        <v>445</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>440</v>
+        <v>446</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>148</v>
+        <v>447</v>
       </c>
       <c r="D121" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E121" t="s">
-        <v>367</v>
+        <v>295</v>
       </c>
       <c r="F121" t="s">
-        <v>283</v>
+        <v>296</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>441</v>
+        <v>448</v>
       </c>
       <c r="H121" t="s">
-        <v>442</v>
+        <v>449</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>443</v>
+        <v>450</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>153</v>
+        <v>451</v>
       </c>
       <c r="D122" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E122" t="s">
-        <v>367</v>
+        <v>295</v>
       </c>
       <c r="F122" t="s">
-        <v>283</v>
+        <v>296</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>444</v>
+        <v>452</v>
       </c>
       <c r="H122" t="s">
-        <v>445</v>
+        <v>453</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>446</v>
+        <v>454</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>157</v>
+        <v>455</v>
       </c>
       <c r="D123" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E123" t="s">
-        <v>367</v>
+        <v>295</v>
       </c>
       <c r="F123" t="s">
-        <v>283</v>
+        <v>296</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>447</v>
+        <v>456</v>
       </c>
       <c r="H123" t="s">
-        <v>448</v>
+        <v>457</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>449</v>
+        <v>458</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>311</v>
+        <v>459</v>
       </c>
       <c r="D124" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E124" t="s">
-        <v>367</v>
+        <v>295</v>
       </c>
       <c r="F124" t="s">
-        <v>283</v>
+        <v>296</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>450</v>
+        <v>460</v>
       </c>
       <c r="H124" t="s">
-        <v>451</v>
+        <v>461</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>452</v>
+        <v>462</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>315</v>
+        <v>463</v>
       </c>
       <c r="D125" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E125" t="s">
-        <v>367</v>
+        <v>295</v>
       </c>
       <c r="F125" t="s">
-        <v>283</v>
+        <v>296</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>453</v>
+        <v>464</v>
       </c>
       <c r="H125" t="s">
-        <v>454</v>
+        <v>465</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>455</v>
+        <v>466</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>319</v>
+        <v>467</v>
       </c>
       <c r="D126" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E126" t="s">
-        <v>367</v>
+        <v>295</v>
       </c>
       <c r="F126" t="s">
-        <v>283</v>
+        <v>296</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>456</v>
+        <v>468</v>
       </c>
       <c r="H126" t="s">
-        <v>457</v>
+        <v>469</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>458</v>
+        <v>470</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>323</v>
+        <v>471</v>
       </c>
       <c r="D127" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E127" t="s">
-        <v>367</v>
+        <v>295</v>
       </c>
       <c r="F127" t="s">
-        <v>283</v>
+        <v>296</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>459</v>
+        <v>472</v>
       </c>
       <c r="H127" t="s">
-        <v>460</v>
+        <v>473</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>461</v>
+        <v>474</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>327</v>
+        <v>475</v>
       </c>
       <c r="D128" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E128" t="s">
-        <v>367</v>
+        <v>295</v>
       </c>
       <c r="F128" t="s">
-        <v>283</v>
+        <v>296</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>462</v>
+        <v>476</v>
       </c>
       <c r="H128" t="s">
-        <v>463</v>
+        <v>477</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>464</v>
+        <v>478</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>331</v>
+        <v>62</v>
       </c>
       <c r="D129" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E129" t="s">
-        <v>367</v>
+        <v>479</v>
       </c>
       <c r="F129" t="s">
-        <v>283</v>
+        <v>241</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>465</v>
+        <v>480</v>
       </c>
       <c r="H129" t="s">
-        <v>466</v>
+        <v>481</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>467</v>
+        <v>482</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>335</v>
+        <v>68</v>
       </c>
       <c r="D130" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E130" t="s">
-        <v>367</v>
+        <v>479</v>
       </c>
       <c r="F130" t="s">
-        <v>283</v>
+        <v>241</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>468</v>
+        <v>483</v>
       </c>
       <c r="H130" t="s">
-        <v>469</v>
+        <v>484</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>470</v>
+        <v>485</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="D131" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E131" t="s">
-        <v>471</v>
+        <v>479</v>
       </c>
       <c r="F131" t="s">
-        <v>472</v>
+        <v>241</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>473</v>
+        <v>486</v>
       </c>
       <c r="H131" t="s">
-        <v>474</v>
+        <v>487</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>475</v>
+        <v>488</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="D132" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E132" t="s">
-        <v>471</v>
+        <v>479</v>
       </c>
       <c r="F132" t="s">
-        <v>472</v>
+        <v>241</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>476</v>
+        <v>489</v>
       </c>
       <c r="H132" t="s">
-        <v>477</v>
+        <v>490</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>478</v>
+        <v>491</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="D133" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E133" t="s">
         <v>479</v>
       </c>
       <c r="F133" t="s">
-        <v>480</v>
+        <v>241</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>481</v>
+        <v>492</v>
       </c>
       <c r="H133" t="s">
-        <v>482</v>
+        <v>493</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>483</v>
+        <v>494</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>56</v>
+        <v>34</v>
       </c>
       <c r="D134" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E134" t="s">
         <v>479</v>
       </c>
       <c r="F134" t="s">
-        <v>480</v>
+        <v>241</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>484</v>
+        <v>495</v>
       </c>
       <c r="H134" t="s">
-        <v>485</v>
+        <v>496</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>486</v>
+        <v>497</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="D135" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E135" t="s">
         <v>479</v>
       </c>
       <c r="F135" t="s">
-        <v>480</v>
+        <v>241</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>487</v>
+        <v>498</v>
       </c>
       <c r="H135" t="s">
-        <v>488</v>
+        <v>499</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>489</v>
+        <v>500</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="D136" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E136" t="s">
         <v>479</v>
       </c>
       <c r="F136" t="s">
-        <v>480</v>
+        <v>241</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>490</v>
+        <v>501</v>
       </c>
       <c r="H136" t="s">
-        <v>491</v>
+        <v>502</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>492</v>
+        <v>503</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="D137" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E137" t="s">
         <v>479</v>
       </c>
       <c r="F137" t="s">
-        <v>480</v>
+        <v>241</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>493</v>
+        <v>504</v>
       </c>
       <c r="H137" t="s">
-        <v>494</v>
+        <v>505</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>495</v>
+        <v>506</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>38</v>
+        <v>50</v>
       </c>
       <c r="D138" t="s">
-        <v>223</v>
+        <v>294</v>
       </c>
       <c r="E138" t="s">
         <v>479</v>
       </c>
       <c r="F138" t="s">
-        <v>480</v>
+        <v>241</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>496</v>
+        <v>507</v>
       </c>
       <c r="H138" t="s">
-        <v>497</v>
+        <v>508</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>498</v>
+        <v>509</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="D139" t="s">
-        <v>499</v>
+        <v>294</v>
       </c>
       <c r="E139" t="s">
-        <v>500</v>
+        <v>479</v>
       </c>
       <c r="F139" t="s">
-        <v>431</v>
+        <v>241</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>501</v>
+        <v>510</v>
       </c>
       <c r="H139" t="s">
-        <v>502</v>
+        <v>511</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>503</v>
+        <v>512</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="D140" t="s">
-        <v>499</v>
+        <v>294</v>
       </c>
       <c r="E140" t="s">
-        <v>500</v>
+        <v>479</v>
       </c>
       <c r="F140" t="s">
-        <v>431</v>
+        <v>241</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>504</v>
+        <v>513</v>
       </c>
       <c r="H140" t="s">
-        <v>505</v>
+        <v>514</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>506</v>
+        <v>515</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>60</v>
+        <v>105</v>
       </c>
       <c r="D141" t="s">
-        <v>499</v>
+        <v>294</v>
       </c>
       <c r="E141" t="s">
-        <v>500</v>
+        <v>479</v>
       </c>
       <c r="F141" t="s">
-        <v>431</v>
+        <v>241</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>507</v>
+        <v>516</v>
       </c>
       <c r="H141" t="s">
-        <v>508</v>
+        <v>517</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>509</v>
+        <v>518</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>22</v>
+        <v>110</v>
       </c>
       <c r="D142" t="s">
-        <v>499</v>
+        <v>294</v>
       </c>
       <c r="E142" t="s">
-        <v>500</v>
+        <v>479</v>
       </c>
       <c r="F142" t="s">
-        <v>431</v>
+        <v>241</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>510</v>
+        <v>519</v>
       </c>
       <c r="H142" t="s">
-        <v>511</v>
+        <v>520</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>512</v>
+        <v>521</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>29</v>
+        <v>118</v>
       </c>
       <c r="D143" t="s">
-        <v>499</v>
+        <v>294</v>
       </c>
       <c r="E143" t="s">
-        <v>500</v>
+        <v>479</v>
       </c>
       <c r="F143" t="s">
-        <v>212</v>
+        <v>241</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>513</v>
+        <v>522</v>
       </c>
       <c r="H143" t="s">
-        <v>514</v>
+        <v>523</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>515</v>
+        <v>524</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>34</v>
+        <v>123</v>
       </c>
       <c r="D144" t="s">
-        <v>499</v>
+        <v>294</v>
       </c>
       <c r="E144" t="s">
-        <v>500</v>
+        <v>479</v>
       </c>
       <c r="F144" t="s">
-        <v>212</v>
+        <v>241</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>516</v>
+        <v>525</v>
       </c>
       <c r="H144" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>38</v>
+        <v>128</v>
       </c>
       <c r="D145" t="s">
-        <v>499</v>
+        <v>294</v>
       </c>
       <c r="E145" t="s">
-        <v>500</v>
+        <v>479</v>
       </c>
       <c r="F145" t="s">
-        <v>519</v>
+        <v>241</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>520</v>
+        <v>528</v>
       </c>
       <c r="H145" t="s">
-        <v>521</v>
+        <v>529</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>522</v>
+        <v>530</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>42</v>
+        <v>132</v>
       </c>
       <c r="D146" t="s">
-        <v>499</v>
+        <v>294</v>
       </c>
       <c r="E146" t="s">
-        <v>500</v>
+        <v>479</v>
       </c>
       <c r="F146" t="s">
-        <v>431</v>
+        <v>241</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>523</v>
+        <v>531</v>
       </c>
       <c r="H146" t="s">
-        <v>524</v>
+        <v>532</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>525</v>
+        <v>533</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>46</v>
+        <v>136</v>
       </c>
       <c r="D147" t="s">
-        <v>499</v>
+        <v>294</v>
       </c>
       <c r="E147" t="s">
-        <v>500</v>
+        <v>479</v>
       </c>
       <c r="F147" t="s">
-        <v>431</v>
+        <v>241</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>526</v>
+        <v>534</v>
       </c>
       <c r="H147" t="s">
-        <v>527</v>
+        <v>535</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>528</v>
+        <v>536</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>84</v>
+        <v>140</v>
       </c>
       <c r="D148" t="s">
-        <v>499</v>
+        <v>294</v>
       </c>
       <c r="E148" t="s">
-        <v>500</v>
+        <v>479</v>
       </c>
       <c r="F148" t="s">
-        <v>431</v>
+        <v>241</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>529</v>
+        <v>537</v>
       </c>
       <c r="H148" t="s">
-        <v>530</v>
+        <v>538</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>531</v>
+        <v>539</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>88</v>
+        <v>144</v>
       </c>
       <c r="D149" t="s">
-        <v>499</v>
+        <v>294</v>
       </c>
       <c r="E149" t="s">
-        <v>500</v>
+        <v>479</v>
       </c>
       <c r="F149" t="s">
-        <v>431</v>
+        <v>241</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>532</v>
+        <v>540</v>
       </c>
       <c r="H149" t="s">
-        <v>533</v>
+        <v>541</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>534</v>
+        <v>542</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>92</v>
+        <v>147</v>
       </c>
       <c r="D150" t="s">
-        <v>499</v>
+        <v>294</v>
       </c>
       <c r="E150" t="s">
-        <v>500</v>
+        <v>479</v>
       </c>
       <c r="F150" t="s">
-        <v>212</v>
+        <v>188</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>535</v>
+        <v>543</v>
       </c>
       <c r="H150" t="s">
-        <v>536</v>
+        <v>544</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>537</v>
+        <v>545</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>96</v>
+        <v>10</v>
       </c>
       <c r="D151" t="s">
-        <v>499</v>
+        <v>294</v>
       </c>
       <c r="E151" t="s">
-        <v>500</v>
+        <v>479</v>
       </c>
       <c r="F151" t="s">
-        <v>431</v>
+        <v>241</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>538</v>
+        <v>546</v>
       </c>
       <c r="H151" t="s">
-        <v>539</v>
+        <v>547</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>540</v>
+        <v>548</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>101</v>
+        <v>17</v>
       </c>
       <c r="D152" t="s">
-        <v>499</v>
+        <v>294</v>
       </c>
       <c r="E152" t="s">
-        <v>500</v>
+        <v>479</v>
       </c>
       <c r="F152" t="s">
-        <v>541</v>
+        <v>241</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>542</v>
+        <v>549</v>
       </c>
       <c r="H152" t="s">
-        <v>543</v>
+        <v>550</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>544</v>
+        <v>551</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>105</v>
+        <v>157</v>
       </c>
       <c r="D153" t="s">
-        <v>499</v>
+        <v>294</v>
       </c>
       <c r="E153" t="s">
-        <v>500</v>
+        <v>479</v>
       </c>
       <c r="F153" t="s">
-        <v>431</v>
+        <v>241</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
       <c r="H153" t="s">
-        <v>546</v>
+        <v>553</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>547</v>
+        <v>554</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>109</v>
+        <v>162</v>
       </c>
       <c r="D154" t="s">
-        <v>499</v>
+        <v>294</v>
       </c>
       <c r="E154" t="s">
-        <v>500</v>
+        <v>479</v>
       </c>
       <c r="F154" t="s">
-        <v>541</v>
+        <v>241</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>548</v>
+        <v>555</v>
       </c>
       <c r="H154" t="s">
-        <v>549</v>
+        <v>556</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>550</v>
+        <v>557</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>114</v>
+        <v>166</v>
       </c>
       <c r="D155" t="s">
-        <v>499</v>
+        <v>294</v>
       </c>
       <c r="E155" t="s">
-        <v>500</v>
+        <v>479</v>
       </c>
       <c r="F155" t="s">
-        <v>431</v>
+        <v>241</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>551</v>
+        <v>558</v>
       </c>
       <c r="H155" t="s">
-        <v>552</v>
+        <v>559</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>553</v>
+        <v>560</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>119</v>
+        <v>170</v>
       </c>
       <c r="D156" t="s">
-        <v>499</v>
+        <v>294</v>
       </c>
       <c r="E156" t="s">
-        <v>500</v>
+        <v>479</v>
       </c>
       <c r="F156" t="s">
-        <v>431</v>
+        <v>241</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>554</v>
+        <v>561</v>
       </c>
       <c r="H156" t="s">
-        <v>555</v>
+        <v>562</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>556</v>
+        <v>563</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>123</v>
+        <v>175</v>
       </c>
       <c r="D157" t="s">
-        <v>499</v>
+        <v>294</v>
       </c>
       <c r="E157" t="s">
-        <v>500</v>
+        <v>479</v>
       </c>
       <c r="F157" t="s">
-        <v>541</v>
+        <v>241</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>557</v>
+        <v>564</v>
       </c>
       <c r="H157" t="s">
-        <v>558</v>
+        <v>565</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>559</v>
+        <v>566</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>127</v>
+        <v>179</v>
       </c>
       <c r="D158" t="s">
-        <v>499</v>
+        <v>294</v>
       </c>
       <c r="E158" t="s">
-        <v>500</v>
+        <v>479</v>
       </c>
       <c r="F158" t="s">
-        <v>431</v>
+        <v>241</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>560</v>
+        <v>567</v>
       </c>
       <c r="H158" t="s">
-        <v>561</v>
+        <v>568</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>562</v>
+        <v>569</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>131</v>
+        <v>183</v>
       </c>
       <c r="D159" t="s">
-        <v>499</v>
+        <v>294</v>
       </c>
       <c r="E159" t="s">
-        <v>500</v>
+        <v>479</v>
       </c>
       <c r="F159" t="s">
-        <v>431</v>
+        <v>241</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>563</v>
+        <v>570</v>
       </c>
       <c r="H159" t="s">
-        <v>564</v>
+        <v>571</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>565</v>
+        <v>572</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>135</v>
+        <v>187</v>
       </c>
       <c r="D160" t="s">
-        <v>499</v>
+        <v>294</v>
       </c>
       <c r="E160" t="s">
-        <v>500</v>
+        <v>479</v>
       </c>
       <c r="F160" t="s">
-        <v>212</v>
+        <v>241</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>566</v>
+        <v>573</v>
       </c>
       <c r="H160" t="s">
-        <v>567</v>
+        <v>574</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>568</v>
+        <v>575</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>138</v>
+        <v>192</v>
       </c>
       <c r="D161" t="s">
-        <v>499</v>
+        <v>294</v>
       </c>
       <c r="E161" t="s">
-        <v>500</v>
+        <v>479</v>
       </c>
       <c r="F161" t="s">
-        <v>212</v>
+        <v>241</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>569</v>
+        <v>576</v>
       </c>
       <c r="H161" t="s">
-        <v>570</v>
+        <v>577</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>571</v>
+        <v>578</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>10</v>
+        <v>196</v>
       </c>
       <c r="D162" t="s">
-        <v>499</v>
+        <v>294</v>
       </c>
       <c r="E162" t="s">
-        <v>500</v>
+        <v>479</v>
       </c>
       <c r="F162" t="s">
-        <v>431</v>
+        <v>241</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>572</v>
+        <v>579</v>
       </c>
       <c r="H162" t="s">
-        <v>573</v>
+        <v>580</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>574</v>
+        <v>581</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>17</v>
+        <v>200</v>
       </c>
       <c r="D163" t="s">
-        <v>499</v>
+        <v>294</v>
       </c>
       <c r="E163" t="s">
-        <v>500</v>
+        <v>479</v>
       </c>
       <c r="F163" t="s">
-        <v>431</v>
+        <v>241</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>575</v>
+        <v>582</v>
       </c>
       <c r="H163" t="s">
-        <v>576</v>
+        <v>583</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>577</v>
+        <v>584</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>153</v>
+        <v>204</v>
       </c>
       <c r="D164" t="s">
-        <v>499</v>
+        <v>294</v>
       </c>
       <c r="E164" t="s">
-        <v>500</v>
+        <v>479</v>
       </c>
       <c r="F164" t="s">
-        <v>431</v>
+        <v>241</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>578</v>
+        <v>585</v>
       </c>
       <c r="H164" t="s">
-        <v>579</v>
+        <v>586</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>580</v>
+        <v>587</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>157</v>
+        <v>411</v>
       </c>
       <c r="D165" t="s">
-        <v>499</v>
+        <v>294</v>
       </c>
       <c r="E165" t="s">
-        <v>500</v>
+        <v>479</v>
       </c>
       <c r="F165" t="s">
-        <v>431</v>
+        <v>241</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>581</v>
+        <v>588</v>
       </c>
       <c r="H165" t="s">
-        <v>582</v>
+        <v>589</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>583</v>
+        <v>590</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>311</v>
+        <v>415</v>
       </c>
       <c r="D166" t="s">
-        <v>499</v>
+        <v>294</v>
       </c>
       <c r="E166" t="s">
-        <v>500</v>
+        <v>479</v>
       </c>
       <c r="F166" t="s">
-        <v>212</v>
+        <v>241</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>584</v>
+        <v>591</v>
       </c>
       <c r="H166" t="s">
-        <v>585</v>
+        <v>592</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>586</v>
+        <v>593</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>315</v>
+        <v>594</v>
       </c>
       <c r="D167" t="s">
-        <v>499</v>
+        <v>294</v>
       </c>
       <c r="E167" t="s">
-        <v>500</v>
+        <v>479</v>
       </c>
       <c r="F167" t="s">
-        <v>212</v>
+        <v>595</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>587</v>
+        <v>596</v>
       </c>
       <c r="H167" t="s">
-        <v>588</v>
+        <v>597</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>589</v>
+        <v>598</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>319</v>
+        <v>599</v>
       </c>
       <c r="D168" t="s">
-        <v>499</v>
+        <v>294</v>
       </c>
       <c r="E168" t="s">
-        <v>500</v>
+        <v>479</v>
       </c>
       <c r="F168" t="s">
-        <v>431</v>
+        <v>241</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>590</v>
+        <v>600</v>
       </c>
       <c r="H168" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>592</v>
+        <v>602</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>323</v>
+        <v>419</v>
       </c>
       <c r="D169" t="s">
-        <v>499</v>
+        <v>294</v>
       </c>
       <c r="E169" t="s">
-        <v>500</v>
+        <v>479</v>
       </c>
       <c r="F169" t="s">
-        <v>25</v>
+        <v>241</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>593</v>
+        <v>603</v>
       </c>
       <c r="H169" t="s">
-        <v>594</v>
+        <v>604</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>595</v>
+        <v>605</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>50</v>
+        <v>423</v>
       </c>
       <c r="D170" t="s">
-        <v>596</v>
+        <v>294</v>
       </c>
       <c r="E170" t="s">
-        <v>597</v>
+        <v>479</v>
       </c>
       <c r="F170" t="s">
-        <v>541</v>
+        <v>241</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>598</v>
+        <v>606</v>
       </c>
       <c r="H170" t="s">
-        <v>599</v>
+        <v>607</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>600</v>
+        <v>608</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>56</v>
+        <v>427</v>
       </c>
       <c r="D171" t="s">
-        <v>596</v>
+        <v>294</v>
       </c>
       <c r="E171" t="s">
-        <v>597</v>
+        <v>479</v>
       </c>
       <c r="F171" t="s">
-        <v>541</v>
+        <v>241</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>601</v>
+        <v>609</v>
       </c>
       <c r="H171" t="s">
-        <v>602</v>
+        <v>610</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>60</v>
+        <v>431</v>
       </c>
       <c r="D172" t="s">
-        <v>596</v>
+        <v>294</v>
       </c>
       <c r="E172" t="s">
-        <v>597</v>
+        <v>479</v>
       </c>
       <c r="F172" t="s">
-        <v>604</v>
+        <v>241</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>605</v>
+        <v>612</v>
       </c>
       <c r="H172" t="s">
-        <v>606</v>
+        <v>613</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>607</v>
+        <v>614</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>22</v>
+        <v>615</v>
       </c>
       <c r="D173" t="s">
-        <v>596</v>
+        <v>294</v>
       </c>
       <c r="E173" t="s">
-        <v>597</v>
+        <v>479</v>
       </c>
       <c r="F173" t="s">
-        <v>604</v>
+        <v>241</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>608</v>
+        <v>616</v>
       </c>
       <c r="H173" t="s">
-        <v>609</v>
+        <v>617</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>610</v>
+        <v>618</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>29</v>
+        <v>435</v>
       </c>
       <c r="D174" t="s">
-        <v>596</v>
+        <v>294</v>
       </c>
       <c r="E174" t="s">
-        <v>597</v>
+        <v>479</v>
       </c>
       <c r="F174" t="s">
-        <v>611</v>
+        <v>241</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>612</v>
+        <v>619</v>
       </c>
       <c r="H174" t="s">
-        <v>613</v>
+        <v>620</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>614</v>
+        <v>621</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>34</v>
+        <v>439</v>
       </c>
       <c r="D175" t="s">
-        <v>596</v>
+        <v>294</v>
       </c>
       <c r="E175" t="s">
-        <v>597</v>
+        <v>479</v>
       </c>
       <c r="F175" t="s">
-        <v>615</v>
+        <v>241</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>616</v>
+        <v>622</v>
       </c>
       <c r="H175" t="s">
-        <v>617</v>
+        <v>623</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>618</v>
+        <v>624</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>38</v>
+        <v>443</v>
       </c>
       <c r="D176" t="s">
-        <v>596</v>
+        <v>294</v>
       </c>
       <c r="E176" t="s">
-        <v>597</v>
+        <v>479</v>
       </c>
       <c r="F176" t="s">
-        <v>604</v>
+        <v>241</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>619</v>
+        <v>625</v>
       </c>
       <c r="H176" t="s">
-        <v>620</v>
+        <v>626</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>621</v>
+        <v>627</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>42</v>
+        <v>62</v>
       </c>
       <c r="D177" t="s">
-        <v>596</v>
+        <v>294</v>
       </c>
       <c r="E177" t="s">
-        <v>597</v>
+        <v>628</v>
       </c>
       <c r="F177" t="s">
-        <v>212</v>
+        <v>595</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>622</v>
+        <v>629</v>
       </c>
       <c r="H177" t="s">
-        <v>623</v>
+        <v>630</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>624</v>
+        <v>631</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>46</v>
+        <v>68</v>
       </c>
       <c r="D178" t="s">
-        <v>596</v>
+        <v>294</v>
       </c>
       <c r="E178" t="s">
-        <v>597</v>
+        <v>628</v>
       </c>
       <c r="F178" t="s">
-        <v>625</v>
+        <v>595</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>626</v>
+        <v>632</v>
       </c>
       <c r="H178" t="s">
-        <v>627</v>
+        <v>633</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
+        <v>634</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
+        <v>72</v>
+      </c>
+      <c r="D179" t="s">
+        <v>294</v>
+      </c>
+      <c r="E179" t="s">
         <v>628</v>
       </c>
-      <c r="B179" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F179" t="s">
-        <v>625</v>
+        <v>595</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="H179" t="s">
-        <v>630</v>
+        <v>636</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>631</v>
+        <v>637</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>88</v>
+        <v>22</v>
       </c>
       <c r="D180" t="s">
-        <v>596</v>
+        <v>294</v>
       </c>
       <c r="E180" t="s">
-        <v>597</v>
+        <v>628</v>
       </c>
       <c r="F180" t="s">
-        <v>97</v>
+        <v>595</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>632</v>
+        <v>638</v>
       </c>
       <c r="H180" t="s">
-        <v>633</v>
+        <v>639</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>634</v>
+        <v>640</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>92</v>
+        <v>29</v>
       </c>
       <c r="D181" t="s">
-        <v>596</v>
+        <v>294</v>
       </c>
       <c r="E181" t="s">
-        <v>597</v>
+        <v>628</v>
       </c>
       <c r="F181" t="s">
-        <v>212</v>
+        <v>595</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>635</v>
+        <v>641</v>
       </c>
       <c r="H181" t="s">
-        <v>636</v>
+        <v>642</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>637</v>
+        <v>643</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>96</v>
+        <v>62</v>
       </c>
       <c r="D182" t="s">
-        <v>596</v>
+        <v>294</v>
       </c>
       <c r="E182" t="s">
-        <v>597</v>
+        <v>644</v>
       </c>
       <c r="F182" t="s">
-        <v>431</v>
+        <v>645</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>638</v>
+        <v>646</v>
       </c>
       <c r="H182" t="s">
-        <v>639</v>
+        <v>647</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>640</v>
+        <v>648</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>101</v>
+        <v>68</v>
       </c>
       <c r="D183" t="s">
-        <v>596</v>
+        <v>294</v>
       </c>
       <c r="E183" t="s">
-        <v>597</v>
+        <v>644</v>
       </c>
       <c r="F183" t="s">
-        <v>431</v>
+        <v>645</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>641</v>
+        <v>649</v>
       </c>
       <c r="H183" t="s">
-        <v>642</v>
+        <v>650</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>643</v>
+        <v>651</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>105</v>
+        <v>22</v>
       </c>
       <c r="D184" t="s">
-        <v>596</v>
+        <v>294</v>
       </c>
       <c r="E184" t="s">
-        <v>597</v>
+        <v>644</v>
       </c>
       <c r="F184" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>645</v>
+        <v>652</v>
       </c>
       <c r="H184" t="s">
-        <v>646</v>
+        <v>653</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>647</v>
+        <v>654</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>109</v>
+        <v>29</v>
       </c>
       <c r="D185" t="s">
-        <v>596</v>
+        <v>294</v>
       </c>
       <c r="E185" t="s">
-        <v>597</v>
+        <v>644</v>
       </c>
       <c r="F185" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>648</v>
+        <v>655</v>
       </c>
       <c r="H185" t="s">
-        <v>649</v>
+        <v>656</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>650</v>
+        <v>657</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>114</v>
+        <v>34</v>
       </c>
       <c r="D186" t="s">
-        <v>596</v>
+        <v>294</v>
       </c>
       <c r="E186" t="s">
-        <v>597</v>
+        <v>644</v>
       </c>
       <c r="F186" t="s">
-        <v>651</v>
+        <v>645</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>652</v>
+        <v>658</v>
       </c>
       <c r="H186" t="s">
-        <v>653</v>
+        <v>659</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>654</v>
+        <v>660</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>119</v>
+        <v>38</v>
       </c>
       <c r="D187" t="s">
-        <v>596</v>
+        <v>294</v>
       </c>
       <c r="E187" t="s">
-        <v>597</v>
+        <v>644</v>
       </c>
       <c r="F187" t="s">
-        <v>655</v>
+        <v>645</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>656</v>
+        <v>661</v>
       </c>
       <c r="H187" t="s">
-        <v>657</v>
+        <v>662</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>658</v>
+        <v>663</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>123</v>
+        <v>42</v>
       </c>
       <c r="D188" t="s">
-        <v>596</v>
+        <v>294</v>
       </c>
       <c r="E188" t="s">
-        <v>597</v>
+        <v>644</v>
       </c>
       <c r="F188" t="s">
-        <v>659</v>
+        <v>645</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
       <c r="H188" t="s">
-        <v>661</v>
+        <v>665</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>127</v>
+        <v>62</v>
       </c>
       <c r="D189" t="s">
-        <v>596</v>
+        <v>294</v>
       </c>
       <c r="E189" t="s">
-        <v>597</v>
+        <v>667</v>
       </c>
       <c r="F189" t="s">
-        <v>663</v>
+        <v>668</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="H189" t="s">
-        <v>665</v>
+        <v>670</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>666</v>
+        <v>671</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>131</v>
+        <v>68</v>
       </c>
       <c r="D190" t="s">
-        <v>596</v>
+        <v>294</v>
       </c>
       <c r="E190" t="s">
-        <v>597</v>
+        <v>667</v>
       </c>
       <c r="F190" t="s">
-        <v>663</v>
+        <v>668</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>667</v>
+        <v>672</v>
       </c>
       <c r="H190" t="s">
-        <v>668</v>
+        <v>673</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>669</v>
+        <v>674</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>135</v>
+        <v>72</v>
       </c>
       <c r="D191" t="s">
-        <v>596</v>
+        <v>294</v>
       </c>
       <c r="E191" t="s">
-        <v>597</v>
+        <v>667</v>
       </c>
       <c r="F191" t="s">
-        <v>212</v>
+        <v>668</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>670</v>
+        <v>675</v>
       </c>
       <c r="H191" t="s">
-        <v>671</v>
+        <v>676</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>672</v>
+        <v>677</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>138</v>
+        <v>22</v>
       </c>
       <c r="D192" t="s">
-        <v>596</v>
+        <v>294</v>
       </c>
       <c r="E192" t="s">
-        <v>597</v>
+        <v>667</v>
       </c>
       <c r="F192" t="s">
-        <v>625</v>
+        <v>668</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>673</v>
+        <v>678</v>
       </c>
       <c r="H192" t="s">
-        <v>674</v>
+        <v>679</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>675</v>
+        <v>680</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="D193" t="s">
-        <v>596</v>
+        <v>294</v>
       </c>
       <c r="E193" t="s">
-        <v>597</v>
+        <v>667</v>
       </c>
       <c r="F193" t="s">
-        <v>676</v>
+        <v>668</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="H193" t="s">
-        <v>678</v>
+        <v>682</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="D194" t="s">
-        <v>596</v>
+        <v>294</v>
       </c>
       <c r="E194" t="s">
-        <v>597</v>
+        <v>667</v>
       </c>
       <c r="F194" t="s">
-        <v>604</v>
+        <v>668</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>680</v>
+        <v>684</v>
       </c>
       <c r="H194" t="s">
-        <v>681</v>
+        <v>685</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>682</v>
+        <v>686</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>148</v>
+        <v>62</v>
       </c>
       <c r="D195" t="s">
-        <v>596</v>
+        <v>687</v>
       </c>
       <c r="E195" t="s">
-        <v>597</v>
+        <v>688</v>
       </c>
       <c r="F195" t="s">
-        <v>604</v>
+        <v>188</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>683</v>
+        <v>689</v>
       </c>
       <c r="H195" t="s">
-        <v>684</v>
+        <v>690</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>685</v>
+        <v>691</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>153</v>
+        <v>68</v>
       </c>
       <c r="D196" t="s">
-        <v>596</v>
+        <v>687</v>
       </c>
       <c r="E196" t="s">
-        <v>597</v>
+        <v>688</v>
       </c>
       <c r="F196" t="s">
-        <v>604</v>
+        <v>188</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>686</v>
+        <v>692</v>
       </c>
       <c r="H196" t="s">
-        <v>687</v>
+        <v>693</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
+        <v>694</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
+        <v>72</v>
+      </c>
+      <c r="D197" t="s">
+        <v>687</v>
+      </c>
+      <c r="E197" t="s">
         <v>688</v>
       </c>
-      <c r="B197" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F197" t="s">
-        <v>604</v>
+        <v>188</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>689</v>
+        <v>695</v>
       </c>
       <c r="H197" t="s">
-        <v>690</v>
+        <v>696</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>691</v>
+        <v>697</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>311</v>
+        <v>22</v>
       </c>
       <c r="D198" t="s">
-        <v>596</v>
+        <v>687</v>
       </c>
       <c r="E198" t="s">
-        <v>597</v>
+        <v>688</v>
       </c>
       <c r="F198" t="s">
-        <v>212</v>
+        <v>188</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>692</v>
+        <v>698</v>
       </c>
       <c r="H198" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>694</v>
+        <v>700</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>315</v>
+        <v>29</v>
       </c>
       <c r="D199" t="s">
-        <v>596</v>
+        <v>687</v>
       </c>
       <c r="E199" t="s">
-        <v>597</v>
+        <v>688</v>
       </c>
       <c r="F199" t="s">
-        <v>663</v>
+        <v>171</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>695</v>
+        <v>701</v>
       </c>
       <c r="H199" t="s">
-        <v>696</v>
+        <v>702</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>697</v>
+        <v>703</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>319</v>
+        <v>34</v>
       </c>
       <c r="D200" t="s">
-        <v>596</v>
+        <v>687</v>
       </c>
       <c r="E200" t="s">
-        <v>597</v>
+        <v>688</v>
       </c>
       <c r="F200" t="s">
-        <v>698</v>
+        <v>171</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>699</v>
+        <v>704</v>
       </c>
       <c r="H200" t="s">
-        <v>700</v>
+        <v>705</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>701</v>
+        <v>706</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>323</v>
+        <v>38</v>
       </c>
       <c r="D201" t="s">
-        <v>596</v>
+        <v>687</v>
       </c>
       <c r="E201" t="s">
-        <v>597</v>
+        <v>688</v>
       </c>
       <c r="F201" t="s">
-        <v>115</v>
+        <v>707</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>702</v>
+        <v>708</v>
       </c>
       <c r="H201" t="s">
-        <v>703</v>
+        <v>709</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>704</v>
+        <v>710</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>327</v>
+        <v>42</v>
       </c>
       <c r="D202" t="s">
-        <v>596</v>
+        <v>687</v>
       </c>
       <c r="E202" t="s">
-        <v>597</v>
+        <v>688</v>
       </c>
       <c r="F202" t="s">
-        <v>644</v>
+        <v>188</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>705</v>
+        <v>711</v>
       </c>
       <c r="H202" t="s">
-        <v>706</v>
+        <v>712</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>707</v>
+        <v>713</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>331</v>
+        <v>46</v>
       </c>
       <c r="D203" t="s">
-        <v>596</v>
+        <v>687</v>
       </c>
       <c r="E203" t="s">
-        <v>597</v>
+        <v>688</v>
       </c>
       <c r="F203" t="s">
-        <v>644</v>
+        <v>188</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>708</v>
+        <v>714</v>
       </c>
       <c r="H203" t="s">
-        <v>709</v>
+        <v>715</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>710</v>
+        <v>716</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>335</v>
+        <v>50</v>
       </c>
       <c r="D204" t="s">
-        <v>596</v>
+        <v>687</v>
       </c>
       <c r="E204" t="s">
-        <v>597</v>
+        <v>688</v>
       </c>
       <c r="F204" t="s">
-        <v>644</v>
+        <v>188</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>711</v>
+        <v>717</v>
       </c>
       <c r="H204" t="s">
-        <v>712</v>
+        <v>718</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>713</v>
+        <v>719</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>339</v>
+        <v>54</v>
       </c>
       <c r="D205" t="s">
-        <v>596</v>
+        <v>687</v>
       </c>
       <c r="E205" t="s">
-        <v>597</v>
+        <v>688</v>
       </c>
       <c r="F205" t="s">
-        <v>212</v>
+        <v>188</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>714</v>
+        <v>720</v>
       </c>
       <c r="H205" t="s">
-        <v>715</v>
+        <v>721</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>343</v>
+        <v>59</v>
       </c>
       <c r="D206" t="s">
-        <v>596</v>
+        <v>687</v>
       </c>
       <c r="E206" t="s">
-        <v>597</v>
+        <v>688</v>
       </c>
       <c r="F206" t="s">
-        <v>110</v>
+        <v>171</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>717</v>
+        <v>723</v>
       </c>
       <c r="H206" t="s">
-        <v>718</v>
+        <v>724</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>719</v>
+        <v>725</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>347</v>
+        <v>105</v>
       </c>
       <c r="D207" t="s">
-        <v>596</v>
+        <v>687</v>
       </c>
       <c r="E207" t="s">
-        <v>597</v>
+        <v>688</v>
       </c>
       <c r="F207" t="s">
-        <v>720</v>
+        <v>188</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>721</v>
+        <v>726</v>
       </c>
       <c r="H207" t="s">
-        <v>722</v>
+        <v>727</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>723</v>
+        <v>728</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>351</v>
+        <v>110</v>
       </c>
       <c r="D208" t="s">
-        <v>596</v>
+        <v>687</v>
       </c>
       <c r="E208" t="s">
-        <v>597</v>
+        <v>688</v>
       </c>
       <c r="F208" t="s">
-        <v>431</v>
+        <v>729</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>724</v>
+        <v>730</v>
       </c>
       <c r="H208" t="s">
-        <v>725</v>
+        <v>731</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>726</v>
+        <v>732</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>355</v>
+        <v>114</v>
       </c>
       <c r="D209" t="s">
-        <v>596</v>
+        <v>687</v>
       </c>
       <c r="E209" t="s">
-        <v>597</v>
+        <v>688</v>
       </c>
       <c r="F209" t="s">
-        <v>431</v>
+        <v>188</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>727</v>
+        <v>733</v>
       </c>
       <c r="H209" t="s">
-        <v>728</v>
+        <v>734</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
+        <v>735</v>
+      </c>
+      <c r="B210" t="s">
+        <v>9</v>
+      </c>
+      <c r="C210" t="s">
+        <v>118</v>
+      </c>
+      <c r="D210" t="s">
+        <v>687</v>
+      </c>
+      <c r="E210" t="s">
+        <v>688</v>
+      </c>
+      <c r="F210" t="s">
         <v>729</v>
       </c>
-      <c r="B210" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G210" s="1" t="s">
-        <v>731</v>
+        <v>736</v>
       </c>
       <c r="H210" t="s">
-        <v>732</v>
+        <v>737</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>733</v>
+        <v>738</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>734</v>
+        <v>123</v>
       </c>
       <c r="D211" t="s">
-        <v>596</v>
+        <v>687</v>
       </c>
       <c r="E211" t="s">
-        <v>597</v>
+        <v>688</v>
       </c>
       <c r="F211" t="s">
-        <v>735</v>
+        <v>188</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="H211" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>359</v>
+        <v>128</v>
       </c>
       <c r="D212" t="s">
-        <v>596</v>
+        <v>687</v>
       </c>
       <c r="E212" t="s">
-        <v>597</v>
+        <v>688</v>
       </c>
       <c r="F212" t="s">
-        <v>212</v>
+        <v>188</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="H212" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>363</v>
+        <v>132</v>
       </c>
       <c r="D213" t="s">
-        <v>596</v>
+        <v>687</v>
       </c>
       <c r="E213" t="s">
-        <v>597</v>
+        <v>688</v>
       </c>
       <c r="F213" t="s">
-        <v>97</v>
+        <v>729</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="H213" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>745</v>
+        <v>136</v>
       </c>
       <c r="D214" t="s">
-        <v>596</v>
+        <v>687</v>
       </c>
       <c r="E214" t="s">
-        <v>597</v>
+        <v>688</v>
       </c>
       <c r="F214" t="s">
-        <v>97</v>
+        <v>188</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="H214" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>749</v>
+        <v>140</v>
       </c>
       <c r="D215" t="s">
-        <v>596</v>
+        <v>687</v>
       </c>
       <c r="E215" t="s">
-        <v>597</v>
+        <v>688</v>
       </c>
       <c r="F215" t="s">
-        <v>97</v>
+        <v>188</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="H215" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>753</v>
+        <v>144</v>
       </c>
       <c r="D216" t="s">
-        <v>596</v>
+        <v>687</v>
       </c>
       <c r="E216" t="s">
-        <v>597</v>
+        <v>688</v>
       </c>
       <c r="F216" t="s">
-        <v>541</v>
+        <v>171</v>
       </c>
       <c r="G216" s="1" t="s">
         <v>754</v>
       </c>
       <c r="H216" t="s">
         <v>755</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>756</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
+        <v>147</v>
+      </c>
+      <c r="D217" t="s">
+        <v>687</v>
+      </c>
+      <c r="E217" t="s">
+        <v>688</v>
+      </c>
+      <c r="F217" t="s">
+        <v>171</v>
+      </c>
+      <c r="G217" s="1" t="s">
         <v>757</v>
       </c>
-      <c r="D217" t="s">
-[...8 lines deleted...]
-      <c r="G217" s="1" t="s">
+      <c r="H217" t="s">
         <v>758</v>
-      </c>
-[...1 lines deleted...]
-        <v>759</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
+        <v>759</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
+        <v>10</v>
+      </c>
+      <c r="D218" t="s">
+        <v>687</v>
+      </c>
+      <c r="E218" t="s">
+        <v>688</v>
+      </c>
+      <c r="F218" t="s">
+        <v>188</v>
+      </c>
+      <c r="G218" s="1" t="s">
         <v>760</v>
       </c>
-      <c r="B218" t="s">
-[...2 lines deleted...]
-      <c r="C218" t="s">
+      <c r="H218" t="s">
         <v>761</v>
-      </c>
-[...13 lines deleted...]
-        <v>763</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
+        <v>762</v>
+      </c>
+      <c r="B219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C219" t="s">
+        <v>17</v>
+      </c>
+      <c r="D219" t="s">
+        <v>687</v>
+      </c>
+      <c r="E219" t="s">
+        <v>688</v>
+      </c>
+      <c r="F219" t="s">
+        <v>188</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="H219" t="s">
         <v>764</v>
-      </c>
-[...19 lines deleted...]
-        <v>767</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>768</v>
+        <v>765</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>769</v>
+        <v>162</v>
       </c>
       <c r="D220" t="s">
-        <v>596</v>
+        <v>687</v>
       </c>
       <c r="E220" t="s">
-        <v>597</v>
+        <v>688</v>
       </c>
       <c r="F220" t="s">
-        <v>770</v>
+        <v>188</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>771</v>
+        <v>766</v>
       </c>
       <c r="H220" t="s">
-        <v>772</v>
+        <v>767</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>773</v>
+        <v>768</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>774</v>
+        <v>166</v>
       </c>
       <c r="D221" t="s">
-        <v>596</v>
+        <v>687</v>
       </c>
       <c r="E221" t="s">
-        <v>597</v>
+        <v>688</v>
       </c>
       <c r="F221" t="s">
-        <v>775</v>
+        <v>188</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>776</v>
+        <v>769</v>
       </c>
       <c r="H221" t="s">
-        <v>777</v>
+        <v>770</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>778</v>
+        <v>771</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>779</v>
+        <v>170</v>
       </c>
       <c r="D222" t="s">
-        <v>596</v>
+        <v>687</v>
       </c>
       <c r="E222" t="s">
-        <v>597</v>
+        <v>688</v>
       </c>
       <c r="F222" t="s">
-        <v>110</v>
+        <v>171</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>780</v>
+        <v>772</v>
       </c>
       <c r="H222" t="s">
-        <v>781</v>
+        <v>773</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>782</v>
+        <v>774</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>783</v>
+        <v>175</v>
       </c>
       <c r="D223" t="s">
-        <v>596</v>
+        <v>687</v>
       </c>
       <c r="E223" t="s">
-        <v>597</v>
+        <v>688</v>
       </c>
       <c r="F223" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>784</v>
+        <v>775</v>
       </c>
       <c r="H223" t="s">
-        <v>785</v>
+        <v>776</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>786</v>
+        <v>777</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>787</v>
+        <v>179</v>
       </c>
       <c r="D224" t="s">
-        <v>596</v>
+        <v>687</v>
       </c>
       <c r="E224" t="s">
-        <v>597</v>
+        <v>688</v>
       </c>
       <c r="F224" t="s">
-        <v>644</v>
+        <v>188</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>788</v>
+        <v>778</v>
       </c>
       <c r="H224" t="s">
-        <v>789</v>
+        <v>779</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>790</v>
+        <v>780</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>791</v>
+        <v>183</v>
       </c>
       <c r="D225" t="s">
-        <v>596</v>
+        <v>687</v>
       </c>
       <c r="E225" t="s">
-        <v>597</v>
+        <v>688</v>
       </c>
       <c r="F225" t="s">
-        <v>720</v>
+        <v>25</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>792</v>
+        <v>781</v>
       </c>
       <c r="H225" t="s">
-        <v>793</v>
+        <v>782</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>794</v>
+        <v>783</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>795</v>
+        <v>187</v>
       </c>
       <c r="D226" t="s">
-        <v>596</v>
+        <v>687</v>
       </c>
       <c r="E226" t="s">
-        <v>597</v>
+        <v>688</v>
       </c>
       <c r="F226" t="s">
-        <v>720</v>
+        <v>171</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>796</v>
+        <v>784</v>
       </c>
       <c r="H226" t="s">
-        <v>797</v>
+        <v>785</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>798</v>
+        <v>786</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>799</v>
+        <v>192</v>
       </c>
       <c r="D227" t="s">
-        <v>596</v>
+        <v>687</v>
       </c>
       <c r="E227" t="s">
-        <v>597</v>
+        <v>688</v>
       </c>
       <c r="F227" t="s">
-        <v>720</v>
+        <v>25</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>800</v>
+        <v>787</v>
       </c>
       <c r="H227" t="s">
-        <v>801</v>
+        <v>788</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>802</v>
+        <v>789</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>803</v>
+        <v>196</v>
       </c>
       <c r="D228" t="s">
-        <v>596</v>
+        <v>687</v>
       </c>
       <c r="E228" t="s">
-        <v>597</v>
+        <v>688</v>
       </c>
       <c r="F228" t="s">
-        <v>115</v>
+        <v>188</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>804</v>
+        <v>790</v>
       </c>
       <c r="H228" t="s">
-        <v>805</v>
+        <v>791</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>806</v>
+        <v>792</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>807</v>
+        <v>200</v>
       </c>
       <c r="D229" t="s">
-        <v>596</v>
+        <v>687</v>
       </c>
       <c r="E229" t="s">
-        <v>597</v>
+        <v>688</v>
       </c>
       <c r="F229" t="s">
-        <v>808</v>
+        <v>188</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>809</v>
+        <v>793</v>
       </c>
       <c r="H229" t="s">
-        <v>810</v>
+        <v>794</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>811</v>
+        <v>795</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>812</v>
+        <v>204</v>
       </c>
       <c r="D230" t="s">
-        <v>596</v>
+        <v>687</v>
       </c>
       <c r="E230" t="s">
-        <v>597</v>
+        <v>688</v>
       </c>
       <c r="F230" t="s">
-        <v>770</v>
+        <v>188</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>813</v>
+        <v>796</v>
       </c>
       <c r="H230" t="s">
-        <v>814</v>
+        <v>797</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>815</v>
+        <v>798</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>816</v>
+        <v>208</v>
       </c>
       <c r="D231" t="s">
-        <v>596</v>
+        <v>687</v>
       </c>
       <c r="E231" t="s">
-        <v>597</v>
+        <v>688</v>
       </c>
       <c r="F231" t="s">
-        <v>817</v>
+        <v>171</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>818</v>
+        <v>799</v>
       </c>
       <c r="H231" t="s">
-        <v>819</v>
+        <v>800</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>820</v>
+        <v>801</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>821</v>
+        <v>411</v>
       </c>
       <c r="D232" t="s">
-        <v>596</v>
+        <v>687</v>
       </c>
       <c r="E232" t="s">
-        <v>597</v>
+        <v>688</v>
       </c>
       <c r="F232" t="s">
-        <v>822</v>
+        <v>171</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>823</v>
+        <v>802</v>
       </c>
       <c r="H232" t="s">
-        <v>824</v>
+        <v>803</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>825</v>
+        <v>804</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>826</v>
+        <v>62</v>
       </c>
       <c r="D233" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E233" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F233" t="s">
-        <v>115</v>
+        <v>729</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>827</v>
+        <v>807</v>
       </c>
       <c r="H233" t="s">
-        <v>828</v>
+        <v>808</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>829</v>
+        <v>809</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>830</v>
+        <v>68</v>
       </c>
       <c r="D234" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E234" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F234" t="s">
-        <v>110</v>
+        <v>729</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>831</v>
+        <v>810</v>
       </c>
       <c r="H234" t="s">
-        <v>832</v>
+        <v>811</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>833</v>
+        <v>812</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>834</v>
+        <v>72</v>
       </c>
       <c r="D235" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E235" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F235" t="s">
-        <v>659</v>
+        <v>813</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>835</v>
+        <v>814</v>
       </c>
       <c r="H235" t="s">
-        <v>836</v>
+        <v>815</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>837</v>
+        <v>816</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>838</v>
+        <v>22</v>
       </c>
       <c r="D236" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E236" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F236" t="s">
-        <v>659</v>
+        <v>813</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>839</v>
+        <v>817</v>
       </c>
       <c r="H236" t="s">
-        <v>840</v>
+        <v>818</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>841</v>
+        <v>819</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>842</v>
+        <v>29</v>
       </c>
       <c r="D237" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E237" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F237" t="s">
-        <v>659</v>
+        <v>820</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>843</v>
+        <v>821</v>
       </c>
       <c r="H237" t="s">
-        <v>844</v>
+        <v>822</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>845</v>
+        <v>823</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>846</v>
+        <v>34</v>
       </c>
       <c r="D238" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E238" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F238" t="s">
-        <v>644</v>
+        <v>824</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>847</v>
+        <v>825</v>
       </c>
       <c r="H238" t="s">
-        <v>848</v>
+        <v>826</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>849</v>
+        <v>827</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>850</v>
+        <v>38</v>
       </c>
       <c r="D239" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E239" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F239" t="s">
-        <v>644</v>
+        <v>813</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>851</v>
+        <v>828</v>
       </c>
       <c r="H239" t="s">
-        <v>852</v>
+        <v>829</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>853</v>
+        <v>830</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>854</v>
+        <v>42</v>
       </c>
       <c r="D240" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E240" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F240" t="s">
-        <v>431</v>
+        <v>171</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>855</v>
+        <v>831</v>
       </c>
       <c r="H240" t="s">
-        <v>856</v>
+        <v>832</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>857</v>
+        <v>833</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>858</v>
+        <v>46</v>
       </c>
       <c r="D241" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E241" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F241" t="s">
-        <v>859</v>
+        <v>834</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>860</v>
+        <v>835</v>
       </c>
       <c r="H241" t="s">
-        <v>861</v>
+        <v>836</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>862</v>
+        <v>837</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>863</v>
+        <v>50</v>
       </c>
       <c r="D242" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E242" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F242" t="s">
-        <v>859</v>
+        <v>834</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>864</v>
+        <v>838</v>
       </c>
       <c r="H242" t="s">
-        <v>865</v>
+        <v>839</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>866</v>
+        <v>840</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>867</v>
+        <v>54</v>
       </c>
       <c r="D243" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E243" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F243" t="s">
-        <v>625</v>
+        <v>106</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>868</v>
+        <v>841</v>
       </c>
       <c r="H243" t="s">
-        <v>869</v>
+        <v>842</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>870</v>
+        <v>843</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>871</v>
+        <v>59</v>
       </c>
       <c r="D244" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E244" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F244" t="s">
-        <v>625</v>
+        <v>171</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>872</v>
+        <v>844</v>
       </c>
       <c r="H244" t="s">
-        <v>873</v>
+        <v>845</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>874</v>
+        <v>846</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>875</v>
+        <v>105</v>
       </c>
       <c r="D245" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E245" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F245" t="s">
-        <v>876</v>
+        <v>188</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>877</v>
+        <v>847</v>
       </c>
       <c r="H245" t="s">
-        <v>878</v>
+        <v>848</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>879</v>
+        <v>849</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>880</v>
+        <v>110</v>
       </c>
       <c r="D246" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E246" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F246" t="s">
-        <v>644</v>
+        <v>188</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>881</v>
+        <v>850</v>
       </c>
       <c r="H246" t="s">
-        <v>882</v>
+        <v>851</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>883</v>
+        <v>852</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>884</v>
+        <v>114</v>
       </c>
       <c r="D247" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E247" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F247" t="s">
-        <v>698</v>
+        <v>853</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>885</v>
+        <v>854</v>
       </c>
       <c r="H247" t="s">
-        <v>886</v>
+        <v>855</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>887</v>
+        <v>856</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>888</v>
+        <v>118</v>
       </c>
       <c r="D248" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E248" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F248" t="s">
-        <v>698</v>
+        <v>853</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>889</v>
+        <v>857</v>
       </c>
       <c r="H248" t="s">
-        <v>890</v>
+        <v>858</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>891</v>
+        <v>859</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>892</v>
+        <v>123</v>
       </c>
       <c r="D249" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E249" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F249" t="s">
-        <v>604</v>
+        <v>860</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>893</v>
+        <v>861</v>
       </c>
       <c r="H249" t="s">
-        <v>894</v>
+        <v>862</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>895</v>
+        <v>863</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>896</v>
+        <v>128</v>
       </c>
       <c r="D250" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E250" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F250" t="s">
-        <v>212</v>
+        <v>864</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>897</v>
+        <v>865</v>
       </c>
       <c r="H250" t="s">
-        <v>898</v>
+        <v>866</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>899</v>
+        <v>867</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>900</v>
+        <v>132</v>
       </c>
       <c r="D251" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E251" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F251" t="s">
-        <v>644</v>
+        <v>868</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>901</v>
+        <v>869</v>
       </c>
       <c r="H251" t="s">
-        <v>902</v>
+        <v>870</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>903</v>
+        <v>871</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>904</v>
+        <v>136</v>
       </c>
       <c r="D252" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E252" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F252" t="s">
-        <v>905</v>
+        <v>872</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>906</v>
+        <v>873</v>
       </c>
       <c r="H252" t="s">
-        <v>907</v>
+        <v>874</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>908</v>
+        <v>875</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>909</v>
+        <v>140</v>
       </c>
       <c r="D253" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E253" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F253" t="s">
-        <v>910</v>
+        <v>872</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>911</v>
+        <v>876</v>
       </c>
       <c r="H253" t="s">
-        <v>912</v>
+        <v>877</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>913</v>
+        <v>878</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>914</v>
+        <v>144</v>
       </c>
       <c r="D254" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E254" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F254" t="s">
-        <v>915</v>
+        <v>171</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>916</v>
+        <v>879</v>
       </c>
       <c r="H254" t="s">
-        <v>917</v>
+        <v>880</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>918</v>
+        <v>881</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>919</v>
+        <v>147</v>
       </c>
       <c r="D255" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E255" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F255" t="s">
-        <v>110</v>
+        <v>834</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>920</v>
+        <v>882</v>
       </c>
       <c r="H255" t="s">
-        <v>921</v>
+        <v>883</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>922</v>
+        <v>884</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>923</v>
+        <v>10</v>
       </c>
       <c r="D256" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E256" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F256" t="s">
-        <v>625</v>
+        <v>885</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>924</v>
+        <v>886</v>
       </c>
       <c r="H256" t="s">
-        <v>925</v>
+        <v>887</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>926</v>
+        <v>888</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>927</v>
+        <v>17</v>
       </c>
       <c r="D257" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E257" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F257" t="s">
-        <v>625</v>
+        <v>813</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>928</v>
+        <v>889</v>
       </c>
       <c r="H257" t="s">
-        <v>929</v>
+        <v>890</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>930</v>
+        <v>891</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>931</v>
+        <v>157</v>
       </c>
       <c r="D258" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E258" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F258" t="s">
-        <v>932</v>
+        <v>813</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>933</v>
+        <v>892</v>
       </c>
       <c r="H258" t="s">
-        <v>934</v>
+        <v>893</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>935</v>
+        <v>894</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>936</v>
+        <v>162</v>
       </c>
       <c r="D259" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E259" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F259" t="s">
-        <v>97</v>
+        <v>813</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>937</v>
+        <v>895</v>
       </c>
       <c r="H259" t="s">
-        <v>938</v>
+        <v>896</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>939</v>
+        <v>897</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>940</v>
+        <v>166</v>
       </c>
       <c r="D260" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E260" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F260" t="s">
-        <v>644</v>
+        <v>813</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>941</v>
+        <v>898</v>
       </c>
       <c r="H260" t="s">
-        <v>942</v>
+        <v>899</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>943</v>
+        <v>900</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>944</v>
+        <v>170</v>
       </c>
       <c r="D261" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E261" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F261" t="s">
-        <v>720</v>
+        <v>171</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>945</v>
+        <v>901</v>
       </c>
       <c r="H261" t="s">
-        <v>946</v>
+        <v>902</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>947</v>
+        <v>903</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>948</v>
+        <v>175</v>
       </c>
       <c r="D262" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E262" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F262" t="s">
-        <v>644</v>
+        <v>872</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>949</v>
+        <v>904</v>
       </c>
       <c r="H262" t="s">
-        <v>950</v>
+        <v>905</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>951</v>
+        <v>906</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>952</v>
+        <v>179</v>
       </c>
       <c r="D263" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E263" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F263" t="s">
-        <v>698</v>
+        <v>907</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>953</v>
+        <v>908</v>
       </c>
       <c r="H263" t="s">
-        <v>954</v>
+        <v>909</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>955</v>
+        <v>910</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>956</v>
+        <v>183</v>
       </c>
       <c r="D264" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E264" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F264" t="s">
-        <v>604</v>
+        <v>124</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>957</v>
+        <v>911</v>
       </c>
       <c r="H264" t="s">
-        <v>958</v>
+        <v>912</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>959</v>
+        <v>913</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>960</v>
+        <v>187</v>
       </c>
       <c r="D265" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E265" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F265" t="s">
-        <v>604</v>
+        <v>853</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>961</v>
+        <v>914</v>
       </c>
       <c r="H265" t="s">
-        <v>962</v>
+        <v>915</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>963</v>
+        <v>916</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>964</v>
+        <v>192</v>
       </c>
       <c r="D266" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E266" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F266" t="s">
-        <v>169</v>
+        <v>853</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>965</v>
+        <v>917</v>
       </c>
       <c r="H266" t="s">
-        <v>966</v>
+        <v>918</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>967</v>
+        <v>919</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>968</v>
+        <v>196</v>
       </c>
       <c r="D267" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E267" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F267" t="s">
-        <v>97</v>
+        <v>853</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>969</v>
+        <v>920</v>
       </c>
       <c r="H267" t="s">
-        <v>970</v>
+        <v>921</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>971</v>
+        <v>922</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>972</v>
+        <v>200</v>
       </c>
       <c r="D268" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E268" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F268" t="s">
-        <v>115</v>
+        <v>171</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>973</v>
+        <v>923</v>
       </c>
       <c r="H268" t="s">
-        <v>974</v>
+        <v>924</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>975</v>
+        <v>925</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>976</v>
+        <v>204</v>
       </c>
       <c r="D269" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E269" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F269" t="s">
-        <v>625</v>
+        <v>119</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>977</v>
+        <v>926</v>
       </c>
       <c r="H269" t="s">
-        <v>978</v>
+        <v>927</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>979</v>
+        <v>928</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>980</v>
+        <v>208</v>
       </c>
       <c r="D270" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E270" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F270" t="s">
-        <v>431</v>
+        <v>929</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>981</v>
+        <v>930</v>
       </c>
       <c r="H270" t="s">
-        <v>982</v>
+        <v>931</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>983</v>
+        <v>932</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>984</v>
+        <v>411</v>
       </c>
       <c r="D271" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E271" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F271" t="s">
-        <v>431</v>
+        <v>188</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>985</v>
+        <v>933</v>
       </c>
       <c r="H271" t="s">
-        <v>986</v>
+        <v>934</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>987</v>
+        <v>935</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>988</v>
+        <v>415</v>
       </c>
       <c r="D272" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E272" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F272" t="s">
-        <v>604</v>
+        <v>188</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>989</v>
+        <v>936</v>
       </c>
       <c r="H272" t="s">
-        <v>990</v>
+        <v>937</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>991</v>
+        <v>938</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>992</v>
+        <v>594</v>
       </c>
       <c r="D273" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E273" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F273" t="s">
-        <v>644</v>
+        <v>834</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>993</v>
+        <v>939</v>
       </c>
       <c r="H273" t="s">
-        <v>994</v>
+        <v>940</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>995</v>
+        <v>941</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>996</v>
+        <v>599</v>
       </c>
       <c r="D274" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E274" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F274" t="s">
-        <v>431</v>
+        <v>942</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>997</v>
+        <v>943</v>
       </c>
       <c r="H274" t="s">
-        <v>998</v>
+        <v>944</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>999</v>
+        <v>945</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>1000</v>
+        <v>419</v>
       </c>
       <c r="D275" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E275" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F275" t="s">
-        <v>212</v>
+        <v>171</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>1001</v>
+        <v>946</v>
       </c>
       <c r="H275" t="s">
-        <v>1002</v>
+        <v>947</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>1003</v>
+        <v>948</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>1004</v>
+        <v>423</v>
       </c>
       <c r="D276" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E276" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F276" t="s">
-        <v>644</v>
+        <v>106</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>1005</v>
+        <v>949</v>
       </c>
       <c r="H276" t="s">
-        <v>1006</v>
+        <v>950</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>1007</v>
+        <v>951</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>1008</v>
+        <v>427</v>
       </c>
       <c r="D277" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E277" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F277" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>1009</v>
+        <v>952</v>
       </c>
       <c r="H277" t="s">
-        <v>1010</v>
+        <v>953</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>1011</v>
+        <v>954</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>1012</v>
+        <v>431</v>
       </c>
       <c r="D278" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E278" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F278" t="s">
-        <v>431</v>
+        <v>106</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>1013</v>
+        <v>955</v>
       </c>
       <c r="H278" t="s">
-        <v>1014</v>
+        <v>956</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>1015</v>
+        <v>957</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>1016</v>
+        <v>615</v>
       </c>
       <c r="D279" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E279" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F279" t="s">
-        <v>431</v>
+        <v>729</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>1017</v>
+        <v>958</v>
       </c>
       <c r="H279" t="s">
-        <v>1018</v>
+        <v>959</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>1019</v>
+        <v>960</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>1020</v>
+        <v>435</v>
       </c>
       <c r="D280" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E280" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F280" t="s">
-        <v>1021</v>
+        <v>729</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>1022</v>
+        <v>961</v>
       </c>
       <c r="H280" t="s">
-        <v>1023</v>
+        <v>962</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>1024</v>
+        <v>963</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>1025</v>
+        <v>439</v>
       </c>
       <c r="D281" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E281" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F281" t="s">
-        <v>431</v>
+        <v>729</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>1026</v>
+        <v>964</v>
       </c>
       <c r="H281" t="s">
-        <v>1027</v>
+        <v>965</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>1028</v>
+        <v>966</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>1029</v>
+        <v>443</v>
       </c>
       <c r="D282" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E282" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F282" t="s">
-        <v>431</v>
+        <v>729</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>1030</v>
+        <v>967</v>
       </c>
       <c r="H282" t="s">
-        <v>1031</v>
+        <v>968</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>1032</v>
+        <v>969</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>1033</v>
+        <v>447</v>
       </c>
       <c r="D283" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E283" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F283" t="s">
-        <v>859</v>
+        <v>970</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>1034</v>
+        <v>971</v>
       </c>
       <c r="H283" t="s">
-        <v>1035</v>
+        <v>972</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>1036</v>
+        <v>973</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>1037</v>
+        <v>451</v>
       </c>
       <c r="D284" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E284" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F284" t="s">
-        <v>1038</v>
+        <v>974</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>1039</v>
+        <v>975</v>
       </c>
       <c r="H284" t="s">
-        <v>1040</v>
+        <v>976</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>1041</v>
+        <v>977</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>1042</v>
+        <v>455</v>
       </c>
       <c r="D285" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E285" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F285" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>1043</v>
+        <v>978</v>
       </c>
       <c r="H285" t="s">
-        <v>1044</v>
+        <v>979</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>1045</v>
+        <v>980</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>1046</v>
+        <v>459</v>
       </c>
       <c r="D286" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E286" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F286" t="s">
-        <v>1047</v>
+        <v>220</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>1048</v>
+        <v>981</v>
       </c>
       <c r="H286" t="s">
-        <v>1049</v>
+        <v>982</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>1050</v>
+        <v>983</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>1051</v>
+        <v>463</v>
       </c>
       <c r="D287" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E287" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F287" t="s">
-        <v>541</v>
+        <v>853</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>1052</v>
+        <v>984</v>
       </c>
       <c r="H287" t="s">
-        <v>1053</v>
+        <v>985</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>1054</v>
+        <v>986</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>1055</v>
+        <v>467</v>
       </c>
       <c r="D288" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E288" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F288" t="s">
-        <v>97</v>
+        <v>929</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>1056</v>
+        <v>987</v>
       </c>
       <c r="H288" t="s">
-        <v>1057</v>
+        <v>988</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>1058</v>
+        <v>989</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>1059</v>
+        <v>471</v>
       </c>
       <c r="D289" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E289" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F289" t="s">
-        <v>698</v>
+        <v>929</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>1060</v>
+        <v>990</v>
       </c>
       <c r="H289" t="s">
-        <v>1061</v>
+        <v>991</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>1062</v>
+        <v>992</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>1063</v>
+        <v>475</v>
       </c>
       <c r="D290" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E290" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F290" t="s">
-        <v>115</v>
+        <v>929</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>1064</v>
+        <v>993</v>
       </c>
       <c r="H290" t="s">
-        <v>1065</v>
+        <v>994</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>1066</v>
+        <v>995</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>1067</v>
+        <v>996</v>
       </c>
       <c r="D291" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E291" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F291" t="s">
-        <v>698</v>
+        <v>124</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>1068</v>
+        <v>997</v>
       </c>
       <c r="H291" t="s">
-        <v>1069</v>
+        <v>998</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>1070</v>
+        <v>999</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>1071</v>
+        <v>1000</v>
       </c>
       <c r="D292" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E292" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F292" t="s">
-        <v>698</v>
+        <v>1001</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>1072</v>
+        <v>1002</v>
       </c>
       <c r="H292" t="s">
-        <v>1073</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>1074</v>
+        <v>1004</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>1075</v>
+        <v>1005</v>
       </c>
       <c r="D293" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E293" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F293" t="s">
-        <v>1076</v>
+        <v>970</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>1077</v>
+        <v>1006</v>
       </c>
       <c r="H293" t="s">
-        <v>1078</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>1079</v>
+        <v>1008</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>1080</v>
+        <v>1009</v>
       </c>
       <c r="D294" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E294" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F294" t="s">
-        <v>110</v>
+        <v>1010</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>1081</v>
+        <v>1011</v>
       </c>
       <c r="H294" t="s">
-        <v>1082</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1083</v>
+        <v>1013</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>1084</v>
+        <v>1014</v>
       </c>
       <c r="D295" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E295" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F295" t="s">
-        <v>431</v>
+        <v>1015</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>1085</v>
+        <v>1016</v>
       </c>
       <c r="H295" t="s">
-        <v>1086</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1087</v>
+        <v>1018</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>1088</v>
+        <v>1019</v>
       </c>
       <c r="D296" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E296" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F296" t="s">
-        <v>663</v>
+        <v>124</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>1089</v>
+        <v>1020</v>
       </c>
       <c r="H296" t="s">
-        <v>1090</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1091</v>
+        <v>1022</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>1092</v>
+        <v>1023</v>
       </c>
       <c r="D297" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E297" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F297" t="s">
-        <v>431</v>
+        <v>119</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1093</v>
+        <v>1024</v>
       </c>
       <c r="H297" t="s">
-        <v>1094</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>1095</v>
+        <v>1026</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>1096</v>
+        <v>1027</v>
       </c>
       <c r="D298" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E298" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F298" t="s">
-        <v>431</v>
+        <v>868</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1097</v>
+        <v>1028</v>
       </c>
       <c r="H298" t="s">
-        <v>1098</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1099</v>
+        <v>1030</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>1100</v>
+        <v>1031</v>
       </c>
       <c r="D299" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E299" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F299" t="s">
-        <v>625</v>
+        <v>868</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1101</v>
+        <v>1032</v>
       </c>
       <c r="H299" t="s">
-        <v>1102</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>1103</v>
+        <v>1034</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>1104</v>
+        <v>1035</v>
       </c>
       <c r="D300" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E300" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F300" t="s">
-        <v>604</v>
+        <v>868</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>1105</v>
+        <v>1036</v>
       </c>
       <c r="H300" t="s">
-        <v>1106</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1107</v>
+        <v>1038</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>1108</v>
+        <v>1039</v>
       </c>
       <c r="D301" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E301" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F301" t="s">
-        <v>604</v>
+        <v>853</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1109</v>
+        <v>1040</v>
       </c>
       <c r="H301" t="s">
-        <v>1110</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1111</v>
+        <v>1042</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>1112</v>
+        <v>1043</v>
       </c>
       <c r="D302" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E302" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F302" t="s">
-        <v>604</v>
+        <v>853</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>1113</v>
+        <v>1044</v>
       </c>
       <c r="H302" t="s">
-        <v>1114</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1115</v>
+        <v>1046</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>1116</v>
+        <v>1047</v>
       </c>
       <c r="D303" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E303" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F303" t="s">
-        <v>115</v>
+        <v>188</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>1117</v>
+        <v>1048</v>
       </c>
       <c r="H303" t="s">
-        <v>1118</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1119</v>
+        <v>1050</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>1120</v>
+        <v>1051</v>
       </c>
       <c r="D304" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E304" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F304" t="s">
-        <v>431</v>
+        <v>1052</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1121</v>
+        <v>1053</v>
       </c>
       <c r="H304" t="s">
-        <v>1122</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1123</v>
+        <v>1055</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>1124</v>
+        <v>1056</v>
       </c>
       <c r="D305" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E305" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F305" t="s">
-        <v>212</v>
+        <v>1052</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>1125</v>
+        <v>1057</v>
       </c>
       <c r="H305" t="s">
-        <v>1126</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>1127</v>
+        <v>1059</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>1128</v>
+        <v>1060</v>
       </c>
       <c r="D306" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E306" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F306" t="s">
-        <v>97</v>
+        <v>834</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>1129</v>
+        <v>1061</v>
       </c>
       <c r="H306" t="s">
-        <v>1130</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1131</v>
+        <v>1063</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>1132</v>
+        <v>1064</v>
       </c>
       <c r="D307" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E307" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F307" t="s">
-        <v>541</v>
+        <v>834</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>1133</v>
+        <v>1065</v>
       </c>
       <c r="H307" t="s">
-        <v>1134</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1135</v>
+        <v>1067</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>1136</v>
+        <v>1068</v>
       </c>
       <c r="D308" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E308" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F308" t="s">
-        <v>541</v>
+        <v>1069</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1137</v>
+        <v>1070</v>
       </c>
       <c r="H308" t="s">
-        <v>1138</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1139</v>
+        <v>1072</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>1140</v>
+        <v>1073</v>
       </c>
       <c r="D309" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E309" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F309" t="s">
-        <v>212</v>
+        <v>853</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1141</v>
+        <v>1074</v>
       </c>
       <c r="H309" t="s">
-        <v>1142</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1143</v>
+        <v>1076</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>1144</v>
+        <v>1077</v>
       </c>
       <c r="D310" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E310" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F310" t="s">
-        <v>720</v>
+        <v>907</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1145</v>
+        <v>1078</v>
       </c>
       <c r="H310" t="s">
-        <v>1146</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1147</v>
+        <v>1080</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>1148</v>
+        <v>1081</v>
       </c>
       <c r="D311" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E311" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F311" t="s">
-        <v>720</v>
+        <v>907</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1149</v>
+        <v>1082</v>
       </c>
       <c r="H311" t="s">
-        <v>1150</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1151</v>
+        <v>1084</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>1152</v>
+        <v>1085</v>
       </c>
       <c r="D312" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E312" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F312" t="s">
-        <v>720</v>
+        <v>813</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1153</v>
+        <v>1086</v>
       </c>
       <c r="H312" t="s">
-        <v>1154</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1155</v>
+        <v>1088</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>1156</v>
+        <v>1089</v>
       </c>
       <c r="D313" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E313" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F313" t="s">
-        <v>720</v>
+        <v>171</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1157</v>
+        <v>1090</v>
       </c>
       <c r="H313" t="s">
-        <v>1158</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1159</v>
+        <v>1092</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>1160</v>
+        <v>1093</v>
       </c>
       <c r="D314" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E314" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F314" t="s">
-        <v>604</v>
+        <v>853</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1161</v>
+        <v>1094</v>
       </c>
       <c r="H314" t="s">
-        <v>1162</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1163</v>
+        <v>1096</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>1164</v>
+        <v>1097</v>
       </c>
       <c r="D315" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E315" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F315" t="s">
-        <v>110</v>
+        <v>1098</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1165</v>
+        <v>1099</v>
       </c>
       <c r="H315" t="s">
-        <v>1166</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1167</v>
+        <v>1101</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>1168</v>
+        <v>1102</v>
       </c>
       <c r="D316" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E316" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F316" t="s">
-        <v>110</v>
+        <v>1103</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1169</v>
+        <v>1104</v>
       </c>
       <c r="H316" t="s">
-        <v>1170</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1171</v>
+        <v>1106</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>1172</v>
+        <v>1107</v>
       </c>
       <c r="D317" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E317" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F317" t="s">
-        <v>698</v>
+        <v>1108</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1173</v>
+        <v>1109</v>
       </c>
       <c r="H317" t="s">
-        <v>1174</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1175</v>
+        <v>1111</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>1176</v>
+        <v>1112</v>
       </c>
       <c r="D318" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E318" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F318" t="s">
-        <v>431</v>
+        <v>119</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1177</v>
+        <v>1113</v>
       </c>
       <c r="H318" t="s">
-        <v>1178</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1179</v>
+        <v>1115</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>1180</v>
+        <v>1116</v>
       </c>
       <c r="D319" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E319" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F319" t="s">
-        <v>1047</v>
+        <v>834</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1181</v>
+        <v>1117</v>
       </c>
       <c r="H319" t="s">
-        <v>1182</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1183</v>
+        <v>1119</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>1184</v>
+        <v>1120</v>
       </c>
       <c r="D320" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E320" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F320" t="s">
-        <v>541</v>
+        <v>834</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1185</v>
+        <v>1121</v>
       </c>
       <c r="H320" t="s">
-        <v>1186</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1187</v>
+        <v>1123</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>1188</v>
+        <v>1124</v>
       </c>
       <c r="D321" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E321" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F321" t="s">
-        <v>625</v>
+        <v>1125</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1189</v>
+        <v>1126</v>
       </c>
       <c r="H321" t="s">
-        <v>1190</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1191</v>
+        <v>1128</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>1192</v>
+        <v>1129</v>
       </c>
       <c r="D322" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E322" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F322" t="s">
-        <v>625</v>
+        <v>106</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1193</v>
+        <v>1130</v>
       </c>
       <c r="H322" t="s">
-        <v>1194</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1195</v>
+        <v>1132</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>1196</v>
+        <v>1133</v>
       </c>
       <c r="D323" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E323" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F323" t="s">
-        <v>431</v>
+        <v>853</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1197</v>
+        <v>1134</v>
       </c>
       <c r="H323" t="s">
-        <v>1198</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1199</v>
+        <v>1136</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>1200</v>
+        <v>1137</v>
       </c>
       <c r="D324" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E324" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F324" t="s">
-        <v>541</v>
+        <v>929</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1201</v>
+        <v>1138</v>
       </c>
       <c r="H324" t="s">
-        <v>1202</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1203</v>
+        <v>1140</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>1204</v>
+        <v>1141</v>
       </c>
       <c r="D325" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E325" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F325" t="s">
-        <v>97</v>
+        <v>853</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1205</v>
+        <v>1142</v>
       </c>
       <c r="H325" t="s">
-        <v>1206</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1207</v>
+        <v>1144</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>1208</v>
+        <v>1145</v>
       </c>
       <c r="D326" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E326" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F326" t="s">
-        <v>698</v>
+        <v>907</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1209</v>
+        <v>1146</v>
       </c>
       <c r="H326" t="s">
-        <v>1210</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1211</v>
+        <v>1148</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>1212</v>
+        <v>1149</v>
       </c>
       <c r="D327" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E327" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F327" t="s">
-        <v>625</v>
+        <v>813</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1213</v>
+        <v>1150</v>
       </c>
       <c r="H327" t="s">
-        <v>1214</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1215</v>
+        <v>1152</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>1216</v>
+        <v>1153</v>
       </c>
       <c r="D328" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E328" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F328" t="s">
-        <v>625</v>
+        <v>813</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1217</v>
+        <v>1154</v>
       </c>
       <c r="H328" t="s">
-        <v>1218</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1219</v>
+        <v>1156</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>1220</v>
+        <v>1157</v>
       </c>
       <c r="D329" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E329" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F329" t="s">
-        <v>604</v>
+        <v>220</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1221</v>
+        <v>1158</v>
       </c>
       <c r="H329" t="s">
-        <v>1222</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1223</v>
+        <v>1160</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>1224</v>
+        <v>1161</v>
       </c>
       <c r="D330" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E330" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F330" t="s">
-        <v>431</v>
+        <v>106</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1225</v>
+        <v>1162</v>
       </c>
       <c r="H330" t="s">
-        <v>1226</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1227</v>
+        <v>1164</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>1228</v>
+        <v>1165</v>
       </c>
       <c r="D331" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E331" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F331" t="s">
-        <v>431</v>
+        <v>124</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1229</v>
+        <v>1166</v>
       </c>
       <c r="H331" t="s">
-        <v>1230</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1231</v>
+        <v>1168</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>1232</v>
+        <v>1169</v>
       </c>
       <c r="D332" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E332" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F332" t="s">
-        <v>1076</v>
+        <v>834</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1233</v>
+        <v>1170</v>
       </c>
       <c r="H332" t="s">
-        <v>1234</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1235</v>
+        <v>1172</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>1236</v>
+        <v>1173</v>
       </c>
       <c r="D333" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E333" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F333" t="s">
-        <v>431</v>
+        <v>188</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1237</v>
+        <v>1174</v>
       </c>
       <c r="H333" t="s">
-        <v>1238</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1239</v>
+        <v>1176</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>1240</v>
+        <v>1177</v>
       </c>
       <c r="D334" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E334" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F334" t="s">
-        <v>644</v>
+        <v>188</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1241</v>
+        <v>1178</v>
       </c>
       <c r="H334" t="s">
-        <v>1242</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1243</v>
+        <v>1180</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>1244</v>
+        <v>1181</v>
       </c>
       <c r="D335" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E335" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F335" t="s">
-        <v>110</v>
+        <v>813</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1245</v>
+        <v>1182</v>
       </c>
       <c r="H335" t="s">
-        <v>1246</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1247</v>
+        <v>1184</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>1248</v>
+        <v>1185</v>
       </c>
       <c r="D336" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E336" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F336" t="s">
-        <v>110</v>
+        <v>853</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1249</v>
+        <v>1186</v>
       </c>
       <c r="H336" t="s">
-        <v>1250</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1251</v>
+        <v>1188</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>1252</v>
+        <v>1189</v>
       </c>
       <c r="D337" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E337" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F337" t="s">
-        <v>97</v>
+        <v>188</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1253</v>
+        <v>1190</v>
       </c>
       <c r="H337" t="s">
-        <v>1254</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1255</v>
+        <v>1192</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>1256</v>
+        <v>1193</v>
       </c>
       <c r="D338" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E338" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F338" t="s">
-        <v>625</v>
+        <v>171</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1257</v>
+        <v>1194</v>
       </c>
       <c r="H338" t="s">
-        <v>1258</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1259</v>
+        <v>1196</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>1260</v>
+        <v>1197</v>
       </c>
       <c r="D339" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E339" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F339" t="s">
-        <v>541</v>
+        <v>853</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1261</v>
+        <v>1198</v>
       </c>
       <c r="H339" t="s">
-        <v>1262</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1263</v>
+        <v>1200</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>1264</v>
+        <v>1201</v>
       </c>
       <c r="D340" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E340" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F340" t="s">
-        <v>644</v>
+        <v>119</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1265</v>
+        <v>1202</v>
       </c>
       <c r="H340" t="s">
-        <v>1266</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1267</v>
+        <v>1204</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>1268</v>
+        <v>1205</v>
       </c>
       <c r="D341" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E341" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F341" t="s">
-        <v>625</v>
+        <v>188</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1269</v>
+        <v>1206</v>
       </c>
       <c r="H341" t="s">
-        <v>1270</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1271</v>
+        <v>1208</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>1272</v>
+        <v>1209</v>
       </c>
       <c r="D342" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E342" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F342" t="s">
-        <v>625</v>
+        <v>188</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1273</v>
+        <v>1210</v>
       </c>
       <c r="H342" t="s">
-        <v>1274</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1275</v>
+        <v>1212</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>1276</v>
+        <v>1213</v>
       </c>
       <c r="D343" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E343" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F343" t="s">
-        <v>110</v>
+        <v>1214</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1277</v>
+        <v>1215</v>
       </c>
       <c r="H343" t="s">
-        <v>1278</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1279</v>
+        <v>1217</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>1280</v>
+        <v>1218</v>
       </c>
       <c r="D344" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E344" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F344" t="s">
-        <v>698</v>
+        <v>188</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1281</v>
+        <v>1219</v>
       </c>
       <c r="H344" t="s">
-        <v>1282</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1283</v>
+        <v>1221</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>1284</v>
+        <v>1222</v>
       </c>
       <c r="D345" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E345" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F345" t="s">
-        <v>604</v>
+        <v>188</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1285</v>
+        <v>1223</v>
       </c>
       <c r="H345" t="s">
-        <v>1286</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1287</v>
+        <v>1225</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>1288</v>
+        <v>1226</v>
       </c>
       <c r="D346" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E346" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F346" t="s">
-        <v>604</v>
+        <v>1052</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1289</v>
+        <v>1227</v>
       </c>
       <c r="H346" t="s">
-        <v>1290</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1291</v>
+        <v>1229</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>1292</v>
+        <v>1230</v>
       </c>
       <c r="D347" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E347" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F347" t="s">
-        <v>604</v>
+        <v>1231</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1293</v>
+        <v>1232</v>
       </c>
       <c r="H347" t="s">
-        <v>1294</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1295</v>
+        <v>1234</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>1296</v>
+        <v>1235</v>
       </c>
       <c r="D348" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E348" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F348" t="s">
-        <v>541</v>
+        <v>124</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1297</v>
+        <v>1236</v>
       </c>
       <c r="H348" t="s">
-        <v>1298</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1299</v>
+        <v>1238</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>1300</v>
+        <v>1239</v>
       </c>
       <c r="D349" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E349" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F349" t="s">
-        <v>1301</v>
+        <v>1240</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1302</v>
+        <v>1241</v>
       </c>
       <c r="H349" t="s">
-        <v>1303</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1304</v>
+        <v>1243</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>1305</v>
+        <v>1244</v>
       </c>
       <c r="D350" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E350" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F350" t="s">
-        <v>541</v>
+        <v>729</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1306</v>
+        <v>1245</v>
       </c>
       <c r="H350" t="s">
-        <v>1307</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1308</v>
+        <v>1247</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>1309</v>
+        <v>1248</v>
       </c>
       <c r="D351" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E351" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F351" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1310</v>
+        <v>1249</v>
       </c>
       <c r="H351" t="s">
-        <v>1311</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1312</v>
+        <v>1251</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>1313</v>
+        <v>1252</v>
       </c>
       <c r="D352" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E352" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F352" t="s">
-        <v>1314</v>
+        <v>907</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1315</v>
+        <v>1253</v>
       </c>
       <c r="H352" t="s">
-        <v>1316</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1317</v>
+        <v>1255</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>1318</v>
+        <v>1256</v>
       </c>
       <c r="D353" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E353" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F353" t="s">
-        <v>1319</v>
+        <v>124</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1320</v>
+        <v>672</v>
       </c>
       <c r="H353" t="s">
-        <v>1321</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1322</v>
+        <v>1258</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>1323</v>
+        <v>1259</v>
       </c>
       <c r="D354" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E354" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F354" t="s">
-        <v>212</v>
+        <v>907</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1324</v>
+        <v>1260</v>
       </c>
       <c r="H354" t="s">
-        <v>1325</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1326</v>
+        <v>1262</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>1327</v>
+        <v>1263</v>
       </c>
       <c r="D355" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E355" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F355" t="s">
-        <v>212</v>
+        <v>907</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>1328</v>
+        <v>1264</v>
       </c>
       <c r="H355" t="s">
-        <v>1329</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1330</v>
+        <v>1266</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>1331</v>
+        <v>1267</v>
       </c>
       <c r="D356" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E356" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F356" t="s">
-        <v>212</v>
+        <v>1268</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1332</v>
+        <v>1269</v>
       </c>
       <c r="H356" t="s">
-        <v>1333</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1334</v>
+        <v>1271</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>1335</v>
+        <v>1272</v>
       </c>
       <c r="D357" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E357" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F357" t="s">
-        <v>735</v>
+        <v>119</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1336</v>
+        <v>1273</v>
       </c>
       <c r="H357" t="s">
-        <v>1337</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1338</v>
+        <v>1275</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>1339</v>
+        <v>1276</v>
       </c>
       <c r="D358" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E358" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F358" t="s">
-        <v>698</v>
+        <v>188</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>1340</v>
+        <v>1277</v>
       </c>
       <c r="H358" t="s">
-        <v>1341</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1342</v>
+        <v>1279</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>1343</v>
+        <v>1280</v>
       </c>
       <c r="D359" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E359" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F359" t="s">
-        <v>1344</v>
+        <v>872</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1345</v>
+        <v>1281</v>
       </c>
       <c r="H359" t="s">
-        <v>1346</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1347</v>
+        <v>1283</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>1348</v>
+        <v>1284</v>
       </c>
       <c r="D360" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E360" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F360" t="s">
-        <v>431</v>
+        <v>188</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1349</v>
+        <v>1285</v>
       </c>
       <c r="H360" t="s">
-        <v>1350</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1351</v>
+        <v>1287</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>1352</v>
+        <v>1288</v>
       </c>
       <c r="D361" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E361" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F361" t="s">
-        <v>431</v>
+        <v>188</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>1353</v>
+        <v>1289</v>
       </c>
       <c r="H361" t="s">
-        <v>1354</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1355</v>
+        <v>1291</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>1356</v>
+        <v>1292</v>
       </c>
       <c r="D362" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E362" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F362" t="s">
-        <v>115</v>
+        <v>834</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>1357</v>
+        <v>1293</v>
       </c>
       <c r="H362" t="s">
-        <v>1358</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1359</v>
+        <v>1295</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>1360</v>
+        <v>1296</v>
       </c>
       <c r="D363" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E363" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F363" t="s">
-        <v>115</v>
+        <v>813</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1361</v>
+        <v>1297</v>
       </c>
       <c r="H363" t="s">
-        <v>1362</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1363</v>
+        <v>1299</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>1364</v>
+        <v>1300</v>
       </c>
       <c r="D364" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E364" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F364" t="s">
-        <v>97</v>
+        <v>813</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>1365</v>
+        <v>1301</v>
       </c>
       <c r="H364" t="s">
-        <v>1366</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1367</v>
+        <v>1303</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>1368</v>
+        <v>1304</v>
       </c>
       <c r="D365" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E365" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F365" t="s">
-        <v>110</v>
+        <v>813</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>1369</v>
+        <v>1305</v>
       </c>
       <c r="H365" t="s">
-        <v>1370</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1371</v>
+        <v>1307</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>1372</v>
+        <v>1308</v>
       </c>
       <c r="D366" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E366" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F366" t="s">
-        <v>604</v>
+        <v>124</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>1373</v>
+        <v>1309</v>
       </c>
       <c r="H366" t="s">
-        <v>1374</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1375</v>
+        <v>1311</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>1376</v>
+        <v>1312</v>
       </c>
       <c r="D367" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E367" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F367" t="s">
-        <v>110</v>
+        <v>188</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>1377</v>
+        <v>1313</v>
       </c>
       <c r="H367" t="s">
-        <v>1378</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1379</v>
+        <v>1315</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>1380</v>
+        <v>1316</v>
       </c>
       <c r="D368" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E368" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F368" t="s">
-        <v>519</v>
+        <v>171</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>1381</v>
+        <v>1317</v>
       </c>
       <c r="H368" t="s">
-        <v>1382</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1383</v>
+        <v>1319</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>1384</v>
+        <v>1320</v>
       </c>
       <c r="D369" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E369" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F369" t="s">
-        <v>1385</v>
+        <v>106</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>1386</v>
+        <v>1321</v>
       </c>
       <c r="H369" t="s">
-        <v>1387</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1388</v>
+        <v>1323</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>1389</v>
+        <v>1324</v>
       </c>
       <c r="D370" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E370" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F370" t="s">
-        <v>212</v>
+        <v>729</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>1390</v>
+        <v>1325</v>
       </c>
       <c r="H370" t="s">
-        <v>1391</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1392</v>
+        <v>1327</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>1393</v>
+        <v>1328</v>
       </c>
       <c r="D371" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E371" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F371" t="s">
-        <v>663</v>
+        <v>729</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>1394</v>
+        <v>1329</v>
       </c>
       <c r="H371" t="s">
-        <v>1395</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1396</v>
+        <v>1331</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>1397</v>
+        <v>1332</v>
       </c>
       <c r="D372" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E372" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F372" t="s">
-        <v>541</v>
+        <v>171</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>1398</v>
+        <v>1333</v>
       </c>
       <c r="H372" t="s">
-        <v>1399</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1400</v>
+        <v>1335</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>1401</v>
+        <v>1336</v>
       </c>
       <c r="D373" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E373" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F373" t="s">
-        <v>644</v>
+        <v>929</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>1402</v>
+        <v>1337</v>
       </c>
       <c r="H373" t="s">
-        <v>1403</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1404</v>
+        <v>1339</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>1405</v>
+        <v>1340</v>
       </c>
       <c r="D374" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E374" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F374" t="s">
-        <v>110</v>
+        <v>929</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>1406</v>
+        <v>1341</v>
       </c>
       <c r="H374" t="s">
-        <v>1407</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1408</v>
+        <v>1343</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>1409</v>
+        <v>1344</v>
       </c>
       <c r="D375" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E375" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F375" t="s">
-        <v>110</v>
+        <v>929</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>1410</v>
+        <v>1345</v>
       </c>
       <c r="H375" t="s">
-        <v>1411</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1412</v>
+        <v>1347</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>1413</v>
+        <v>1348</v>
       </c>
       <c r="D376" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E376" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F376" t="s">
-        <v>541</v>
+        <v>929</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>1414</v>
+        <v>1349</v>
       </c>
       <c r="H376" t="s">
-        <v>1415</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1416</v>
+        <v>1351</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>1417</v>
+        <v>1352</v>
       </c>
       <c r="D377" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E377" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F377" t="s">
-        <v>644</v>
+        <v>813</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>1418</v>
+        <v>1353</v>
       </c>
       <c r="H377" t="s">
-        <v>1419</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>1420</v>
+        <v>1355</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>1421</v>
+        <v>1356</v>
       </c>
       <c r="D378" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E378" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F378" t="s">
-        <v>698</v>
+        <v>119</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>1422</v>
+        <v>1357</v>
       </c>
       <c r="H378" t="s">
-        <v>1423</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1424</v>
+        <v>1359</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>1425</v>
+        <v>1360</v>
       </c>
       <c r="D379" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E379" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F379" t="s">
-        <v>431</v>
+        <v>119</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>1426</v>
+        <v>1361</v>
       </c>
       <c r="H379" t="s">
-        <v>1427</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1428</v>
+        <v>1363</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>1429</v>
+        <v>1364</v>
       </c>
       <c r="D380" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E380" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F380" t="s">
-        <v>604</v>
+        <v>907</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>1430</v>
+        <v>1365</v>
       </c>
       <c r="H380" t="s">
-        <v>1431</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>1432</v>
+        <v>1367</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>1433</v>
+        <v>1368</v>
       </c>
       <c r="D381" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E381" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F381" t="s">
-        <v>115</v>
+        <v>188</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>1434</v>
+        <v>1369</v>
       </c>
       <c r="H381" t="s">
-        <v>1435</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>1436</v>
+        <v>1371</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>1437</v>
+        <v>1372</v>
       </c>
       <c r="D382" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E382" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F382" t="s">
-        <v>115</v>
+        <v>1240</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>1438</v>
+        <v>1373</v>
       </c>
       <c r="H382" t="s">
-        <v>1439</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1440</v>
+        <v>1375</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>1441</v>
+        <v>1376</v>
       </c>
       <c r="D383" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E383" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F383" t="s">
-        <v>604</v>
+        <v>729</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>1442</v>
+        <v>1377</v>
       </c>
       <c r="H383" t="s">
-        <v>1443</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1444</v>
+        <v>1379</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>1445</v>
+        <v>1380</v>
       </c>
       <c r="D384" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E384" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F384" t="s">
-        <v>97</v>
+        <v>834</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>1446</v>
+        <v>1381</v>
       </c>
       <c r="H384" t="s">
-        <v>1447</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1448</v>
+        <v>1383</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>1449</v>
+        <v>1384</v>
       </c>
       <c r="D385" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E385" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F385" t="s">
-        <v>431</v>
+        <v>834</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>1450</v>
+        <v>1385</v>
       </c>
       <c r="H385" t="s">
-        <v>1451</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1452</v>
+        <v>1387</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>1453</v>
+        <v>1388</v>
       </c>
       <c r="D386" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E386" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F386" t="s">
-        <v>663</v>
+        <v>188</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>1454</v>
+        <v>1389</v>
       </c>
       <c r="H386" t="s">
-        <v>1455</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1456</v>
+        <v>1391</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>1457</v>
+        <v>1392</v>
       </c>
       <c r="D387" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E387" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F387" t="s">
-        <v>110</v>
+        <v>729</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>1458</v>
+        <v>1393</v>
       </c>
       <c r="H387" t="s">
-        <v>1459</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1460</v>
+        <v>1395</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>1461</v>
+        <v>1396</v>
       </c>
       <c r="D388" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E388" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F388" t="s">
-        <v>644</v>
+        <v>106</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>1462</v>
+        <v>1397</v>
       </c>
       <c r="H388" t="s">
-        <v>1463</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1464</v>
+        <v>1399</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>1465</v>
+        <v>1400</v>
       </c>
       <c r="D389" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E389" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F389" t="s">
-        <v>431</v>
+        <v>907</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>1466</v>
+        <v>1401</v>
       </c>
       <c r="H389" t="s">
-        <v>1467</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1468</v>
+        <v>1403</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>1469</v>
+        <v>1404</v>
       </c>
       <c r="D390" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E390" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F390" t="s">
-        <v>541</v>
+        <v>834</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>1470</v>
+        <v>1405</v>
       </c>
       <c r="H390" t="s">
-        <v>1471</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1472</v>
+        <v>1407</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>1473</v>
+        <v>1408</v>
       </c>
       <c r="D391" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E391" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F391" t="s">
-        <v>625</v>
+        <v>834</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>1474</v>
+        <v>1409</v>
       </c>
       <c r="H391" t="s">
-        <v>1475</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1476</v>
+        <v>1411</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>1477</v>
+        <v>1412</v>
       </c>
       <c r="D392" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E392" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F392" t="s">
-        <v>663</v>
+        <v>813</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>1478</v>
+        <v>1413</v>
       </c>
       <c r="H392" t="s">
-        <v>1479</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>1480</v>
+        <v>1415</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>1481</v>
+        <v>1416</v>
       </c>
       <c r="D393" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E393" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F393" t="s">
-        <v>625</v>
+        <v>188</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>1482</v>
+        <v>1417</v>
       </c>
       <c r="H393" t="s">
-        <v>1483</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>1484</v>
+        <v>1419</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>1485</v>
+        <v>1420</v>
       </c>
       <c r="D394" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E394" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F394" t="s">
-        <v>625</v>
+        <v>188</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>1486</v>
+        <v>1421</v>
       </c>
       <c r="H394" t="s">
-        <v>1487</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>1488</v>
+        <v>1423</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
-        <v>1489</v>
+        <v>1424</v>
       </c>
       <c r="D395" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E395" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F395" t="s">
-        <v>644</v>
+        <v>1268</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>1490</v>
+        <v>1425</v>
       </c>
       <c r="H395" t="s">
-        <v>1491</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>1492</v>
+        <v>1427</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>1493</v>
+        <v>1428</v>
       </c>
       <c r="D396" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E396" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F396" t="s">
-        <v>1494</v>
+        <v>188</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>1495</v>
+        <v>1429</v>
       </c>
       <c r="H396" t="s">
-        <v>1496</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>1497</v>
+        <v>1431</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>1498</v>
+        <v>1432</v>
       </c>
       <c r="D397" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E397" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F397" t="s">
-        <v>110</v>
+        <v>853</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>1499</v>
+        <v>1433</v>
       </c>
       <c r="H397" t="s">
-        <v>1500</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>1501</v>
+        <v>1435</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>1502</v>
+        <v>1436</v>
       </c>
       <c r="D398" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E398" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F398" t="s">
-        <v>604</v>
+        <v>119</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>1503</v>
+        <v>1437</v>
       </c>
       <c r="H398" t="s">
-        <v>1504</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>1505</v>
+        <v>1439</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>1506</v>
+        <v>1440</v>
       </c>
       <c r="D399" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E399" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F399" t="s">
-        <v>604</v>
+        <v>119</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>1507</v>
+        <v>1441</v>
       </c>
       <c r="H399" t="s">
-        <v>1508</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>1509</v>
+        <v>1443</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>1510</v>
+        <v>1444</v>
       </c>
       <c r="D400" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E400" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F400" t="s">
-        <v>698</v>
+        <v>106</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>1511</v>
+        <v>1445</v>
       </c>
       <c r="H400" t="s">
-        <v>1512</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>1513</v>
+        <v>1447</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>1514</v>
+        <v>1448</v>
       </c>
       <c r="D401" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E401" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F401" t="s">
-        <v>541</v>
+        <v>834</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>1515</v>
+        <v>1449</v>
       </c>
       <c r="H401" t="s">
-        <v>1516</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>1517</v>
+        <v>1451</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>1518</v>
+        <v>1452</v>
       </c>
       <c r="D402" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E402" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F402" t="s">
-        <v>541</v>
+        <v>729</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>1519</v>
+        <v>1453</v>
       </c>
       <c r="H402" t="s">
-        <v>1520</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>1521</v>
+        <v>1455</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>1522</v>
+        <v>1456</v>
       </c>
       <c r="D403" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E403" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F403" t="s">
-        <v>212</v>
+        <v>853</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>1523</v>
+        <v>1457</v>
       </c>
       <c r="H403" t="s">
-        <v>1524</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>1525</v>
+        <v>1459</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>1526</v>
+        <v>1460</v>
       </c>
       <c r="D404" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E404" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F404" t="s">
-        <v>625</v>
+        <v>834</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>1527</v>
+        <v>1461</v>
       </c>
       <c r="H404" t="s">
-        <v>1528</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>1529</v>
+        <v>1463</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>1530</v>
+        <v>1464</v>
       </c>
       <c r="D405" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E405" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F405" t="s">
-        <v>625</v>
+        <v>834</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>1531</v>
+        <v>1465</v>
       </c>
       <c r="H405" t="s">
-        <v>1532</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>1533</v>
+        <v>1467</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>1534</v>
+        <v>1468</v>
       </c>
       <c r="D406" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E406" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F406" t="s">
-        <v>212</v>
+        <v>119</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>1535</v>
+        <v>1469</v>
       </c>
       <c r="H406" t="s">
-        <v>1536</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>1537</v>
+        <v>1471</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>1538</v>
+        <v>1472</v>
       </c>
       <c r="D407" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E407" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F407" t="s">
-        <v>212</v>
+        <v>907</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>1539</v>
+        <v>1473</v>
       </c>
       <c r="H407" t="s">
-        <v>1540</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>1541</v>
+        <v>1475</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>1542</v>
+        <v>1476</v>
       </c>
       <c r="D408" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E408" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F408" t="s">
-        <v>212</v>
+        <v>813</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>1543</v>
+        <v>1477</v>
       </c>
       <c r="H408" t="s">
-        <v>1544</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>1545</v>
+        <v>1479</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>1546</v>
+        <v>1480</v>
       </c>
       <c r="D409" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E409" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F409" t="s">
-        <v>212</v>
+        <v>813</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>1547</v>
+        <v>1481</v>
       </c>
       <c r="H409" t="s">
-        <v>1548</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>1549</v>
+        <v>1483</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>1550</v>
+        <v>1484</v>
       </c>
       <c r="D410" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E410" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F410" t="s">
-        <v>1551</v>
+        <v>813</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>1552</v>
+        <v>1485</v>
       </c>
       <c r="H410" t="s">
-        <v>1553</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>1554</v>
+        <v>1487</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>1555</v>
+        <v>1488</v>
       </c>
       <c r="D411" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E411" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F411" t="s">
-        <v>541</v>
+        <v>729</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>1556</v>
+        <v>1489</v>
       </c>
       <c r="H411" t="s">
-        <v>1557</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>1558</v>
+        <v>1491</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>1559</v>
+        <v>1492</v>
       </c>
       <c r="D412" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E412" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F412" t="s">
-        <v>541</v>
+        <v>1493</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>1560</v>
+        <v>1494</v>
       </c>
       <c r="H412" t="s">
-        <v>1561</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>1562</v>
+        <v>1496</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>1563</v>
+        <v>1497</v>
       </c>
       <c r="D413" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E413" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F413" t="s">
-        <v>541</v>
+        <v>729</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>1564</v>
+        <v>1498</v>
       </c>
       <c r="H413" t="s">
-        <v>1565</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>1566</v>
+        <v>1500</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>1567</v>
+        <v>1501</v>
       </c>
       <c r="D414" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E414" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F414" t="s">
-        <v>431</v>
+        <v>119</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>1568</v>
+        <v>1502</v>
       </c>
       <c r="H414" t="s">
-        <v>1569</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>1570</v>
+        <v>1504</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>1571</v>
+        <v>1505</v>
       </c>
       <c r="D415" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E415" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F415" t="s">
-        <v>541</v>
+        <v>1506</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>1572</v>
+        <v>1507</v>
       </c>
       <c r="H415" t="s">
-        <v>1573</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>1574</v>
+        <v>1509</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>1575</v>
+        <v>1510</v>
       </c>
       <c r="D416" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E416" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F416" t="s">
-        <v>110</v>
+        <v>1511</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>1576</v>
+        <v>1512</v>
       </c>
       <c r="H416" t="s">
-        <v>1577</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>1578</v>
+        <v>1514</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>1579</v>
+        <v>1515</v>
       </c>
       <c r="D417" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E417" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F417" t="s">
-        <v>859</v>
+        <v>171</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>1580</v>
+        <v>1516</v>
       </c>
       <c r="H417" t="s">
-        <v>1581</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>1582</v>
+        <v>1518</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>1583</v>
+        <v>1519</v>
       </c>
       <c r="D418" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E418" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F418" t="s">
-        <v>431</v>
+        <v>171</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>1584</v>
+        <v>1520</v>
       </c>
       <c r="H418" t="s">
-        <v>1585</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>1586</v>
+        <v>1522</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>1587</v>
+        <v>1523</v>
       </c>
       <c r="D419" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E419" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F419" t="s">
-        <v>720</v>
+        <v>171</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>1588</v>
+        <v>1524</v>
       </c>
       <c r="H419" t="s">
-        <v>1589</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>1590</v>
+        <v>1526</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>1591</v>
+        <v>1527</v>
       </c>
       <c r="D420" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E420" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F420" t="s">
-        <v>644</v>
+        <v>942</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>1592</v>
+        <v>1528</v>
       </c>
       <c r="H420" t="s">
-        <v>1593</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>1594</v>
+        <v>1530</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
-        <v>1595</v>
+        <v>1531</v>
       </c>
       <c r="D421" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E421" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F421" t="s">
-        <v>604</v>
+        <v>907</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>1596</v>
+        <v>1532</v>
       </c>
       <c r="H421" t="s">
-        <v>1597</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>1598</v>
+        <v>1534</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
-        <v>1599</v>
+        <v>1535</v>
       </c>
       <c r="D422" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E422" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F422" t="s">
-        <v>604</v>
+        <v>1536</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>1600</v>
+        <v>1537</v>
       </c>
       <c r="H422" t="s">
-        <v>1601</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>1602</v>
+        <v>1539</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
-        <v>1603</v>
+        <v>1540</v>
       </c>
       <c r="D423" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E423" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F423" t="s">
-        <v>212</v>
+        <v>188</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>1604</v>
+        <v>1541</v>
       </c>
       <c r="H423" t="s">
-        <v>1605</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>1606</v>
+        <v>1543</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
-        <v>1607</v>
+        <v>1544</v>
       </c>
       <c r="D424" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E424" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F424" t="s">
-        <v>1038</v>
+        <v>188</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>1608</v>
+        <v>1545</v>
       </c>
       <c r="H424" t="s">
-        <v>1609</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>1610</v>
+        <v>1547</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
-        <v>1611</v>
+        <v>1548</v>
       </c>
       <c r="D425" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E425" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F425" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>1612</v>
+        <v>1549</v>
       </c>
       <c r="H425" t="s">
-        <v>1613</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>1614</v>
+        <v>1551</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
-        <v>1615</v>
+        <v>1552</v>
       </c>
       <c r="D426" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E426" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F426" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>1616</v>
+        <v>1553</v>
       </c>
       <c r="H426" t="s">
-        <v>1617</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>1618</v>
+        <v>1555</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
-        <v>1619</v>
+        <v>1556</v>
       </c>
       <c r="D427" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E427" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F427" t="s">
-        <v>541</v>
+        <v>106</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>1620</v>
+        <v>1557</v>
       </c>
       <c r="H427" t="s">
-        <v>1621</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>1622</v>
+        <v>1559</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
-        <v>1623</v>
+        <v>1560</v>
       </c>
       <c r="D428" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E428" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F428" t="s">
-        <v>541</v>
+        <v>119</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>1624</v>
+        <v>1561</v>
       </c>
       <c r="H428" t="s">
-        <v>1625</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>1626</v>
+        <v>1563</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
-        <v>1627</v>
+        <v>1564</v>
       </c>
       <c r="D429" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E429" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F429" t="s">
-        <v>541</v>
+        <v>813</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>1628</v>
+        <v>1565</v>
       </c>
       <c r="H429" t="s">
-        <v>1629</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>1630</v>
+        <v>1567</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
-        <v>1631</v>
+        <v>1568</v>
       </c>
       <c r="D430" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E430" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F430" t="s">
-        <v>541</v>
+        <v>119</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>1632</v>
+        <v>1569</v>
       </c>
       <c r="H430" t="s">
-        <v>1633</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>1634</v>
+        <v>1571</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
-        <v>1635</v>
+        <v>1572</v>
       </c>
       <c r="D431" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E431" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F431" t="s">
-        <v>431</v>
+        <v>707</v>
       </c>
       <c r="G431" s="1" t="s">
-        <v>1636</v>
+        <v>1573</v>
       </c>
       <c r="H431" t="s">
-        <v>1637</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>1638</v>
+        <v>1575</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
-        <v>1639</v>
+        <v>1576</v>
       </c>
       <c r="D432" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E432" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F432" t="s">
-        <v>541</v>
+        <v>1577</v>
       </c>
       <c r="G432" s="1" t="s">
-        <v>1640</v>
+        <v>1578</v>
       </c>
       <c r="H432" t="s">
-        <v>1641</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>1642</v>
+        <v>1580</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
-        <v>1643</v>
+        <v>1581</v>
       </c>
       <c r="D433" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E433" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F433" t="s">
-        <v>541</v>
+        <v>171</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>1644</v>
+        <v>1582</v>
       </c>
       <c r="H433" t="s">
-        <v>1645</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>1646</v>
+        <v>1584</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
-        <v>1647</v>
+        <v>1585</v>
       </c>
       <c r="D434" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E434" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F434" t="s">
-        <v>644</v>
+        <v>872</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>1648</v>
+        <v>1586</v>
       </c>
       <c r="H434" t="s">
-        <v>1649</v>
+        <v>1587</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
-        <v>1650</v>
+        <v>1588</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
-        <v>1651</v>
+        <v>1589</v>
       </c>
       <c r="D435" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E435" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F435" t="s">
-        <v>698</v>
+        <v>729</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>1652</v>
+        <v>1590</v>
       </c>
       <c r="H435" t="s">
-        <v>1653</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>1654</v>
+        <v>1592</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
-        <v>1655</v>
+        <v>1593</v>
       </c>
       <c r="D436" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E436" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F436" t="s">
-        <v>541</v>
+        <v>853</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>1656</v>
+        <v>1594</v>
       </c>
       <c r="H436" t="s">
-        <v>1657</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>1658</v>
+        <v>1596</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
-        <v>1659</v>
+        <v>1597</v>
       </c>
       <c r="D437" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E437" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F437" t="s">
-        <v>698</v>
+        <v>119</v>
       </c>
       <c r="G437" s="1" t="s">
-        <v>1660</v>
+        <v>1598</v>
       </c>
       <c r="H437" t="s">
-        <v>1661</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>1662</v>
+        <v>1600</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
-        <v>1663</v>
+        <v>1601</v>
       </c>
       <c r="D438" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E438" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F438" t="s">
-        <v>859</v>
+        <v>119</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>1664</v>
+        <v>1602</v>
       </c>
       <c r="H438" t="s">
-        <v>1665</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>1666</v>
+        <v>1604</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
-        <v>1667</v>
+        <v>1605</v>
       </c>
       <c r="D439" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E439" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F439" t="s">
-        <v>625</v>
+        <v>729</v>
       </c>
       <c r="G439" s="1" t="s">
-        <v>1668</v>
+        <v>1606</v>
       </c>
       <c r="H439" t="s">
-        <v>1669</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>1670</v>
+        <v>1608</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
-        <v>1671</v>
+        <v>1609</v>
       </c>
       <c r="D440" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E440" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F440" t="s">
-        <v>625</v>
+        <v>853</v>
       </c>
       <c r="G440" s="1" t="s">
-        <v>1672</v>
+        <v>1610</v>
       </c>
       <c r="H440" t="s">
-        <v>1673</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
-        <v>1674</v>
+        <v>1612</v>
       </c>
       <c r="B441" t="s">
         <v>9</v>
       </c>
       <c r="C441" t="s">
-        <v>1675</v>
+        <v>1613</v>
       </c>
       <c r="D441" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E441" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F441" t="s">
-        <v>625</v>
+        <v>907</v>
       </c>
       <c r="G441" s="1" t="s">
-        <v>1676</v>
+        <v>1614</v>
       </c>
       <c r="H441" t="s">
-        <v>1677</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
-        <v>1678</v>
+        <v>1616</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
-        <v>1679</v>
+        <v>1617</v>
       </c>
       <c r="D442" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E442" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F442" t="s">
-        <v>541</v>
+        <v>188</v>
       </c>
       <c r="G442" s="1" t="s">
-        <v>1680</v>
+        <v>1618</v>
       </c>
       <c r="H442" t="s">
-        <v>1681</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>1682</v>
+        <v>1620</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
-        <v>1683</v>
+        <v>1621</v>
       </c>
       <c r="D443" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E443" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F443" t="s">
-        <v>541</v>
+        <v>813</v>
       </c>
       <c r="G443" s="1" t="s">
-        <v>1684</v>
+        <v>1622</v>
       </c>
       <c r="H443" t="s">
-        <v>1685</v>
+        <v>1623</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>1686</v>
+        <v>1624</v>
       </c>
       <c r="B444" t="s">
         <v>9</v>
       </c>
       <c r="C444" t="s">
-        <v>1687</v>
+        <v>1625</v>
       </c>
       <c r="D444" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E444" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F444" t="s">
-        <v>659</v>
+        <v>124</v>
       </c>
       <c r="G444" s="1" t="s">
-        <v>1688</v>
+        <v>1626</v>
       </c>
       <c r="H444" t="s">
-        <v>1689</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>1690</v>
+        <v>1628</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
-        <v>1691</v>
+        <v>1629</v>
       </c>
       <c r="D445" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E445" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F445" t="s">
-        <v>659</v>
+        <v>124</v>
       </c>
       <c r="G445" s="1" t="s">
-        <v>1692</v>
+        <v>1630</v>
       </c>
       <c r="H445" t="s">
-        <v>1693</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
-        <v>1694</v>
+        <v>1632</v>
       </c>
       <c r="B446" t="s">
         <v>9</v>
       </c>
       <c r="C446" t="s">
-        <v>1695</v>
+        <v>1633</v>
       </c>
       <c r="D446" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E446" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F446" t="s">
-        <v>644</v>
+        <v>813</v>
       </c>
       <c r="G446" s="1" t="s">
-        <v>1696</v>
+        <v>1634</v>
       </c>
       <c r="H446" t="s">
-        <v>1697</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
-        <v>1698</v>
+        <v>1636</v>
       </c>
       <c r="B447" t="s">
         <v>9</v>
       </c>
       <c r="C447" t="s">
-        <v>1699</v>
+        <v>1637</v>
       </c>
       <c r="D447" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E447" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F447" t="s">
-        <v>644</v>
+        <v>106</v>
       </c>
       <c r="G447" s="1" t="s">
-        <v>1700</v>
+        <v>1638</v>
       </c>
       <c r="H447" t="s">
-        <v>1701</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
-        <v>1702</v>
+        <v>1640</v>
       </c>
       <c r="B448" t="s">
         <v>9</v>
       </c>
       <c r="C448" t="s">
-        <v>1703</v>
+        <v>1641</v>
       </c>
       <c r="D448" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E448" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F448" t="s">
-        <v>644</v>
+        <v>188</v>
       </c>
       <c r="G448" s="1" t="s">
-        <v>1704</v>
+        <v>1642</v>
       </c>
       <c r="H448" t="s">
-        <v>1705</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>1706</v>
+        <v>1644</v>
       </c>
       <c r="B449" t="s">
         <v>9</v>
       </c>
       <c r="C449" t="s">
-        <v>1707</v>
+        <v>1645</v>
       </c>
       <c r="D449" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E449" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F449" t="s">
-        <v>625</v>
+        <v>872</v>
       </c>
       <c r="G449" s="1" t="s">
-        <v>1708</v>
+        <v>1646</v>
       </c>
       <c r="H449" t="s">
-        <v>1709</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
-        <v>1710</v>
+        <v>1648</v>
       </c>
       <c r="B450" t="s">
         <v>9</v>
       </c>
       <c r="C450" t="s">
-        <v>1711</v>
+        <v>1649</v>
       </c>
       <c r="D450" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E450" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F450" t="s">
-        <v>698</v>
+        <v>119</v>
       </c>
       <c r="G450" s="1" t="s">
-        <v>1712</v>
+        <v>1650</v>
       </c>
       <c r="H450" t="s">
-        <v>1713</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>1714</v>
+        <v>1652</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="C451" t="s">
-        <v>1715</v>
+        <v>1653</v>
       </c>
       <c r="D451" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E451" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F451" t="s">
-        <v>625</v>
+        <v>853</v>
       </c>
       <c r="G451" s="1" t="s">
-        <v>1716</v>
+        <v>1654</v>
       </c>
       <c r="H451" t="s">
-        <v>1717</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
-        <v>1718</v>
+        <v>1656</v>
       </c>
       <c r="B452" t="s">
         <v>9</v>
       </c>
       <c r="C452" t="s">
-        <v>1719</v>
+        <v>1657</v>
       </c>
       <c r="D452" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E452" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F452" t="s">
-        <v>625</v>
+        <v>188</v>
       </c>
       <c r="G452" s="1" t="s">
-        <v>1720</v>
+        <v>1658</v>
       </c>
       <c r="H452" t="s">
-        <v>1721</v>
+        <v>1659</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
-        <v>1722</v>
+        <v>1660</v>
       </c>
       <c r="B453" t="s">
         <v>9</v>
       </c>
       <c r="C453" t="s">
-        <v>1723</v>
+        <v>1661</v>
       </c>
       <c r="D453" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E453" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F453" t="s">
-        <v>212</v>
+        <v>729</v>
       </c>
       <c r="G453" s="1" t="s">
-        <v>1724</v>
+        <v>1662</v>
       </c>
       <c r="H453" t="s">
-        <v>1725</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
-        <v>1726</v>
+        <v>1664</v>
       </c>
       <c r="B454" t="s">
         <v>9</v>
       </c>
       <c r="C454" t="s">
-        <v>1727</v>
+        <v>1665</v>
       </c>
       <c r="D454" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E454" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F454" t="s">
-        <v>212</v>
+        <v>834</v>
       </c>
       <c r="G454" s="1" t="s">
-        <v>1728</v>
+        <v>1666</v>
       </c>
       <c r="H454" t="s">
-        <v>1729</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
-        <v>1730</v>
+        <v>1668</v>
       </c>
       <c r="B455" t="s">
         <v>9</v>
       </c>
       <c r="C455" t="s">
-        <v>1731</v>
+        <v>1669</v>
       </c>
       <c r="D455" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E455" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F455" t="s">
-        <v>431</v>
+        <v>872</v>
       </c>
       <c r="G455" s="1" t="s">
-        <v>1732</v>
+        <v>1670</v>
       </c>
       <c r="H455" t="s">
-        <v>1733</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
-        <v>1734</v>
+        <v>1672</v>
       </c>
       <c r="B456" t="s">
         <v>9</v>
       </c>
       <c r="C456" t="s">
-        <v>1735</v>
+        <v>1673</v>
       </c>
       <c r="D456" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E456" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F456" t="s">
-        <v>431</v>
+        <v>834</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>1736</v>
+        <v>1674</v>
       </c>
       <c r="H456" t="s">
-        <v>1737</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
-        <v>1738</v>
+        <v>1676</v>
       </c>
       <c r="B457" t="s">
         <v>9</v>
       </c>
       <c r="C457" t="s">
-        <v>1739</v>
+        <v>1677</v>
       </c>
       <c r="D457" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E457" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F457" t="s">
-        <v>431</v>
+        <v>834</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>1740</v>
+        <v>1678</v>
       </c>
       <c r="H457" t="s">
-        <v>1741</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
-        <v>1742</v>
+        <v>1680</v>
       </c>
       <c r="B458" t="s">
         <v>9</v>
       </c>
       <c r="C458" t="s">
-        <v>1743</v>
+        <v>1681</v>
       </c>
       <c r="D458" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E458" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F458" t="s">
-        <v>431</v>
+        <v>853</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>1744</v>
+        <v>1682</v>
       </c>
       <c r="H458" t="s">
-        <v>1745</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
-        <v>1746</v>
+        <v>1684</v>
       </c>
       <c r="B459" t="s">
         <v>9</v>
       </c>
       <c r="C459" t="s">
-        <v>1747</v>
+        <v>1685</v>
       </c>
       <c r="D459" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E459" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F459" t="s">
-        <v>720</v>
+        <v>1686</v>
       </c>
       <c r="G459" s="1" t="s">
-        <v>1748</v>
+        <v>1687</v>
       </c>
       <c r="H459" t="s">
-        <v>1749</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
-        <v>1750</v>
+        <v>1689</v>
       </c>
       <c r="B460" t="s">
         <v>9</v>
       </c>
       <c r="C460" t="s">
-        <v>1751</v>
+        <v>1690</v>
       </c>
       <c r="D460" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E460" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F460" t="s">
-        <v>541</v>
+        <v>119</v>
       </c>
       <c r="G460" s="1" t="s">
-        <v>1752</v>
+        <v>1691</v>
       </c>
       <c r="H460" t="s">
-        <v>1753</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
-        <v>1754</v>
+        <v>1693</v>
       </c>
       <c r="B461" t="s">
         <v>9</v>
       </c>
       <c r="C461" t="s">
-        <v>1755</v>
+        <v>1694</v>
       </c>
       <c r="D461" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E461" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F461" t="s">
-        <v>541</v>
+        <v>813</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>1756</v>
+        <v>1695</v>
       </c>
       <c r="H461" t="s">
-        <v>1757</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
-        <v>1758</v>
+        <v>1697</v>
       </c>
       <c r="B462" t="s">
         <v>9</v>
       </c>
       <c r="C462" t="s">
-        <v>1759</v>
+        <v>1698</v>
       </c>
       <c r="D462" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E462" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F462" t="s">
-        <v>663</v>
+        <v>813</v>
       </c>
       <c r="G462" s="1" t="s">
-        <v>1760</v>
+        <v>1699</v>
       </c>
       <c r="H462" t="s">
-        <v>1761</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
-        <v>1762</v>
+        <v>1701</v>
       </c>
       <c r="B463" t="s">
         <v>9</v>
       </c>
       <c r="C463" t="s">
-        <v>1763</v>
+        <v>1702</v>
       </c>
       <c r="D463" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E463" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F463" t="s">
-        <v>541</v>
+        <v>907</v>
       </c>
       <c r="G463" s="1" t="s">
-        <v>1764</v>
+        <v>1703</v>
       </c>
       <c r="H463" t="s">
-        <v>1765</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
-        <v>1766</v>
+        <v>1705</v>
       </c>
       <c r="B464" t="s">
         <v>9</v>
       </c>
       <c r="C464" t="s">
-        <v>1767</v>
+        <v>1706</v>
       </c>
       <c r="D464" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E464" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F464" t="s">
-        <v>1768</v>
+        <v>729</v>
       </c>
       <c r="G464" s="1" t="s">
-        <v>1769</v>
+        <v>1707</v>
       </c>
       <c r="H464" t="s">
-        <v>1770</v>
+        <v>1708</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
-        <v>1771</v>
+        <v>1709</v>
       </c>
       <c r="B465" t="s">
         <v>9</v>
       </c>
       <c r="C465" t="s">
-        <v>1772</v>
+        <v>1710</v>
       </c>
       <c r="D465" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E465" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F465" t="s">
-        <v>431</v>
+        <v>729</v>
       </c>
       <c r="G465" s="1" t="s">
-        <v>1773</v>
+        <v>1711</v>
       </c>
       <c r="H465" t="s">
-        <v>1774</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
-        <v>1775</v>
+        <v>1713</v>
       </c>
       <c r="B466" t="s">
         <v>9</v>
       </c>
       <c r="C466" t="s">
-        <v>1776</v>
+        <v>1714</v>
       </c>
       <c r="D466" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E466" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F466" t="s">
-        <v>644</v>
+        <v>171</v>
       </c>
       <c r="G466" s="1" t="s">
-        <v>1777</v>
+        <v>1715</v>
       </c>
       <c r="H466" t="s">
-        <v>1778</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
-        <v>1779</v>
+        <v>1717</v>
       </c>
       <c r="B467" t="s">
         <v>9</v>
       </c>
       <c r="C467" t="s">
-        <v>1780</v>
+        <v>1718</v>
       </c>
       <c r="D467" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E467" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F467" t="s">
-        <v>659</v>
+        <v>834</v>
       </c>
       <c r="G467" s="1" t="s">
-        <v>1781</v>
+        <v>1719</v>
       </c>
       <c r="H467" t="s">
-        <v>1782</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
-        <v>1783</v>
+        <v>1721</v>
       </c>
       <c r="B468" t="s">
         <v>9</v>
       </c>
       <c r="C468" t="s">
-        <v>1784</v>
+        <v>1722</v>
       </c>
       <c r="D468" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E468" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F468" t="s">
-        <v>1785</v>
+        <v>834</v>
       </c>
       <c r="G468" s="1" t="s">
-        <v>1786</v>
+        <v>1723</v>
       </c>
       <c r="H468" t="s">
-        <v>1787</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
-        <v>1788</v>
+        <v>1725</v>
       </c>
       <c r="B469" t="s">
         <v>9</v>
       </c>
       <c r="C469" t="s">
-        <v>1789</v>
+        <v>1726</v>
       </c>
       <c r="D469" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E469" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F469" t="s">
-        <v>604</v>
+        <v>171</v>
       </c>
       <c r="G469" s="1" t="s">
-        <v>1790</v>
+        <v>1727</v>
       </c>
       <c r="H469" t="s">
-        <v>1791</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
-        <v>1792</v>
+        <v>1729</v>
       </c>
       <c r="B470" t="s">
         <v>9</v>
       </c>
       <c r="C470" t="s">
-        <v>1793</v>
+        <v>1730</v>
       </c>
       <c r="D470" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E470" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F470" t="s">
-        <v>604</v>
+        <v>171</v>
       </c>
       <c r="G470" s="1" t="s">
-        <v>1794</v>
+        <v>1731</v>
       </c>
       <c r="H470" t="s">
-        <v>1795</v>
+        <v>1732</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
-        <v>1796</v>
+        <v>1733</v>
       </c>
       <c r="B471" t="s">
         <v>9</v>
       </c>
       <c r="C471" t="s">
-        <v>1797</v>
+        <v>1734</v>
       </c>
       <c r="D471" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E471" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F471" t="s">
-        <v>1798</v>
+        <v>171</v>
       </c>
       <c r="G471" s="1" t="s">
-        <v>1799</v>
+        <v>1735</v>
       </c>
       <c r="H471" t="s">
-        <v>1800</v>
+        <v>1736</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
-        <v>1801</v>
+        <v>1737</v>
       </c>
       <c r="B472" t="s">
         <v>9</v>
       </c>
       <c r="C472" t="s">
-        <v>1802</v>
+        <v>1738</v>
       </c>
       <c r="D472" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E472" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F472" t="s">
-        <v>1798</v>
+        <v>171</v>
       </c>
       <c r="G472" s="1" t="s">
-        <v>1803</v>
+        <v>1739</v>
       </c>
       <c r="H472" t="s">
-        <v>1804</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
-        <v>1805</v>
+        <v>1741</v>
       </c>
       <c r="B473" t="s">
         <v>9</v>
       </c>
       <c r="C473" t="s">
-        <v>1806</v>
+        <v>1742</v>
       </c>
       <c r="D473" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E473" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F473" t="s">
-        <v>97</v>
+        <v>1743</v>
       </c>
       <c r="G473" s="1" t="s">
-        <v>1807</v>
+        <v>1744</v>
       </c>
       <c r="H473" t="s">
-        <v>1808</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
-        <v>1809</v>
+        <v>1746</v>
       </c>
       <c r="B474" t="s">
         <v>9</v>
       </c>
       <c r="C474" t="s">
-        <v>1810</v>
+        <v>1747</v>
       </c>
       <c r="D474" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E474" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F474" t="s">
-        <v>115</v>
+        <v>729</v>
       </c>
       <c r="G474" s="1" t="s">
-        <v>1811</v>
+        <v>1748</v>
       </c>
       <c r="H474" t="s">
-        <v>1812</v>
+        <v>1749</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
-        <v>1813</v>
+        <v>1750</v>
       </c>
       <c r="B475" t="s">
         <v>9</v>
       </c>
       <c r="C475" t="s">
-        <v>1814</v>
+        <v>1751</v>
       </c>
       <c r="D475" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E475" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F475" t="s">
-        <v>1815</v>
+        <v>729</v>
       </c>
       <c r="G475" s="1" t="s">
-        <v>1816</v>
+        <v>1752</v>
       </c>
       <c r="H475" t="s">
-        <v>1817</v>
+        <v>1753</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
-        <v>1818</v>
+        <v>1754</v>
       </c>
       <c r="B476" t="s">
         <v>9</v>
       </c>
       <c r="C476" t="s">
-        <v>1819</v>
+        <v>1755</v>
       </c>
       <c r="D476" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E476" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F476" t="s">
-        <v>1820</v>
+        <v>729</v>
       </c>
       <c r="G476" s="1" t="s">
-        <v>1821</v>
+        <v>1756</v>
       </c>
       <c r="H476" t="s">
-        <v>1822</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
-        <v>1823</v>
+        <v>1758</v>
       </c>
       <c r="B477" t="s">
         <v>9</v>
       </c>
       <c r="C477" t="s">
-        <v>1824</v>
+        <v>1759</v>
       </c>
       <c r="D477" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E477" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F477" t="s">
-        <v>115</v>
+        <v>188</v>
       </c>
       <c r="G477" s="1" t="s">
-        <v>1825</v>
+        <v>1760</v>
       </c>
       <c r="H477" t="s">
-        <v>1826</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
-        <v>1827</v>
+        <v>1762</v>
       </c>
       <c r="B478" t="s">
         <v>9</v>
       </c>
       <c r="C478" t="s">
-        <v>1828</v>
+        <v>1763</v>
       </c>
       <c r="D478" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E478" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F478" t="s">
-        <v>110</v>
+        <v>729</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>1829</v>
+        <v>1764</v>
       </c>
       <c r="H478" t="s">
-        <v>1830</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
-        <v>1831</v>
+        <v>1766</v>
       </c>
       <c r="B479" t="s">
         <v>9</v>
       </c>
       <c r="C479" t="s">
-        <v>1832</v>
+        <v>1767</v>
       </c>
       <c r="D479" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E479" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F479" t="s">
-        <v>1833</v>
+        <v>119</v>
       </c>
       <c r="G479" s="1" t="s">
-        <v>1834</v>
+        <v>1768</v>
       </c>
       <c r="H479" t="s">
-        <v>1835</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
-        <v>1836</v>
+        <v>1770</v>
       </c>
       <c r="B480" t="s">
         <v>9</v>
       </c>
       <c r="C480" t="s">
-        <v>1837</v>
+        <v>1771</v>
       </c>
       <c r="D480" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E480" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F480" t="s">
-        <v>644</v>
+        <v>1052</v>
       </c>
       <c r="G480" s="1" t="s">
-        <v>1838</v>
+        <v>1772</v>
       </c>
       <c r="H480" t="s">
-        <v>1839</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
-        <v>1840</v>
+        <v>1774</v>
       </c>
       <c r="B481" t="s">
         <v>9</v>
       </c>
       <c r="C481" t="s">
-        <v>1841</v>
+        <v>1775</v>
       </c>
       <c r="D481" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E481" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F481" t="s">
-        <v>644</v>
+        <v>188</v>
       </c>
       <c r="G481" s="1" t="s">
-        <v>1842</v>
+        <v>1776</v>
       </c>
       <c r="H481" t="s">
-        <v>1843</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
-        <v>1844</v>
+        <v>1778</v>
       </c>
       <c r="B482" t="s">
         <v>9</v>
       </c>
       <c r="C482" t="s">
-        <v>1845</v>
+        <v>1779</v>
       </c>
       <c r="D482" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E482" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F482" t="s">
-        <v>1846</v>
+        <v>929</v>
       </c>
       <c r="G482" s="1" t="s">
-        <v>1847</v>
+        <v>1780</v>
       </c>
       <c r="H482" t="s">
-        <v>1848</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
-        <v>1849</v>
+        <v>1782</v>
       </c>
       <c r="B483" t="s">
         <v>9</v>
       </c>
       <c r="C483" t="s">
-        <v>1850</v>
+        <v>1783</v>
       </c>
       <c r="D483" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E483" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F483" t="s">
-        <v>644</v>
+        <v>853</v>
       </c>
       <c r="G483" s="1" t="s">
-        <v>1851</v>
+        <v>1784</v>
       </c>
       <c r="H483" t="s">
-        <v>1852</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
-        <v>1853</v>
+        <v>1786</v>
       </c>
       <c r="B484" t="s">
         <v>9</v>
       </c>
       <c r="C484" t="s">
-        <v>1854</v>
+        <v>1787</v>
       </c>
       <c r="D484" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E484" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F484" t="s">
-        <v>644</v>
+        <v>813</v>
       </c>
       <c r="G484" s="1" t="s">
-        <v>1855</v>
+        <v>1788</v>
       </c>
       <c r="H484" t="s">
-        <v>1856</v>
+        <v>1789</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
-        <v>1857</v>
+        <v>1790</v>
       </c>
       <c r="B485" t="s">
         <v>9</v>
       </c>
       <c r="C485" t="s">
-        <v>1858</v>
+        <v>1791</v>
       </c>
       <c r="D485" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E485" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F485" t="s">
-        <v>625</v>
+        <v>813</v>
       </c>
       <c r="G485" s="1" t="s">
-        <v>1859</v>
+        <v>1792</v>
       </c>
       <c r="H485" t="s">
-        <v>1860</v>
+        <v>1793</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
-        <v>1861</v>
+        <v>1794</v>
       </c>
       <c r="B486" t="s">
         <v>9</v>
       </c>
       <c r="C486" t="s">
-        <v>1862</v>
+        <v>1795</v>
       </c>
       <c r="D486" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E486" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F486" t="s">
-        <v>644</v>
+        <v>171</v>
       </c>
       <c r="G486" s="1" t="s">
-        <v>1863</v>
+        <v>1796</v>
       </c>
       <c r="H486" t="s">
-        <v>1864</v>
+        <v>1797</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
-        <v>1865</v>
+        <v>1798</v>
       </c>
       <c r="B487" t="s">
         <v>9</v>
       </c>
       <c r="C487" t="s">
-        <v>1866</v>
+        <v>1799</v>
       </c>
       <c r="D487" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E487" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F487" t="s">
-        <v>604</v>
+        <v>1231</v>
       </c>
       <c r="G487" s="1" t="s">
-        <v>1867</v>
+        <v>1800</v>
       </c>
       <c r="H487" t="s">
-        <v>1868</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
-        <v>1869</v>
+        <v>1802</v>
       </c>
       <c r="B488" t="s">
         <v>9</v>
       </c>
       <c r="C488" t="s">
-        <v>1870</v>
+        <v>1803</v>
       </c>
       <c r="D488" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E488" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F488" t="s">
-        <v>604</v>
+        <v>124</v>
       </c>
       <c r="G488" s="1" t="s">
-        <v>1871</v>
+        <v>1804</v>
       </c>
       <c r="H488" t="s">
-        <v>1872</v>
+        <v>1805</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
-        <v>1873</v>
+        <v>1806</v>
       </c>
       <c r="B489" t="s">
         <v>9</v>
       </c>
       <c r="C489" t="s">
-        <v>1874</v>
+        <v>1807</v>
       </c>
       <c r="D489" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E489" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F489" t="s">
-        <v>1047</v>
+        <v>124</v>
       </c>
       <c r="G489" s="1" t="s">
-        <v>1875</v>
+        <v>1808</v>
       </c>
       <c r="H489" t="s">
-        <v>1876</v>
+        <v>1809</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
-        <v>1877</v>
+        <v>1810</v>
       </c>
       <c r="B490" t="s">
         <v>9</v>
       </c>
       <c r="C490" t="s">
-        <v>1878</v>
+        <v>1811</v>
       </c>
       <c r="D490" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E490" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F490" t="s">
-        <v>541</v>
+        <v>729</v>
       </c>
       <c r="G490" s="1" t="s">
-        <v>1879</v>
+        <v>1812</v>
       </c>
       <c r="H490" t="s">
-        <v>1880</v>
+        <v>1813</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
-        <v>1881</v>
+        <v>1814</v>
       </c>
       <c r="B491" t="s">
         <v>9</v>
       </c>
       <c r="C491" t="s">
-        <v>1882</v>
+        <v>1815</v>
       </c>
       <c r="D491" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E491" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F491" t="s">
-        <v>541</v>
+        <v>729</v>
       </c>
       <c r="G491" s="1" t="s">
-        <v>1883</v>
+        <v>1816</v>
       </c>
       <c r="H491" t="s">
-        <v>1884</v>
+        <v>1817</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
-        <v>1885</v>
+        <v>1818</v>
       </c>
       <c r="B492" t="s">
         <v>9</v>
       </c>
       <c r="C492" t="s">
-        <v>1886</v>
+        <v>1819</v>
       </c>
       <c r="D492" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E492" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F492" t="s">
-        <v>698</v>
+        <v>729</v>
       </c>
       <c r="G492" s="1" t="s">
-        <v>1887</v>
+        <v>1820</v>
       </c>
       <c r="H492" t="s">
-        <v>1888</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
-        <v>1889</v>
+        <v>1822</v>
       </c>
       <c r="B493" t="s">
         <v>9</v>
       </c>
       <c r="C493" t="s">
-        <v>1890</v>
+        <v>1823</v>
       </c>
       <c r="D493" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E493" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F493" t="s">
-        <v>97</v>
+        <v>729</v>
       </c>
       <c r="G493" s="1" t="s">
-        <v>1891</v>
+        <v>1824</v>
       </c>
       <c r="H493" t="s">
-        <v>1892</v>
+        <v>1825</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
-        <v>1893</v>
+        <v>1826</v>
       </c>
       <c r="B494" t="s">
         <v>9</v>
       </c>
       <c r="C494" t="s">
-        <v>1894</v>
+        <v>1827</v>
       </c>
       <c r="D494" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E494" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F494" t="s">
-        <v>1895</v>
+        <v>188</v>
       </c>
       <c r="G494" s="1" t="s">
-        <v>1896</v>
+        <v>1828</v>
       </c>
       <c r="H494" t="s">
-        <v>1897</v>
+        <v>1829</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
-        <v>1898</v>
+        <v>1830</v>
       </c>
       <c r="B495" t="s">
         <v>9</v>
       </c>
       <c r="C495" t="s">
-        <v>1899</v>
+        <v>1831</v>
       </c>
       <c r="D495" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E495" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F495" t="s">
-        <v>541</v>
+        <v>729</v>
       </c>
       <c r="G495" s="1" t="s">
-        <v>1900</v>
+        <v>1832</v>
       </c>
       <c r="H495" t="s">
-        <v>1901</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
-        <v>1902</v>
+        <v>1834</v>
       </c>
       <c r="B496" t="s">
         <v>9</v>
       </c>
       <c r="C496" t="s">
-        <v>1903</v>
+        <v>1835</v>
       </c>
       <c r="D496" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E496" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F496" t="s">
-        <v>541</v>
+        <v>729</v>
       </c>
       <c r="G496" s="1" t="s">
-        <v>1904</v>
+        <v>1836</v>
       </c>
       <c r="H496" t="s">
-        <v>1905</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
-        <v>1906</v>
+        <v>1838</v>
       </c>
       <c r="B497" t="s">
         <v>9</v>
       </c>
       <c r="C497" t="s">
-        <v>1907</v>
+        <v>1839</v>
       </c>
       <c r="D497" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E497" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F497" t="s">
-        <v>212</v>
+        <v>853</v>
       </c>
       <c r="G497" s="1" t="s">
-        <v>1908</v>
+        <v>1840</v>
       </c>
       <c r="H497" t="s">
-        <v>1909</v>
+        <v>1841</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
-        <v>1910</v>
+        <v>1842</v>
       </c>
       <c r="B498" t="s">
         <v>9</v>
       </c>
       <c r="C498" t="s">
-        <v>1911</v>
+        <v>1843</v>
       </c>
       <c r="D498" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E498" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F498" t="s">
-        <v>431</v>
+        <v>907</v>
       </c>
       <c r="G498" s="1" t="s">
-        <v>1912</v>
+        <v>1844</v>
       </c>
       <c r="H498" t="s">
-        <v>1913</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
-        <v>1914</v>
+        <v>1846</v>
       </c>
       <c r="B499" t="s">
         <v>9</v>
       </c>
       <c r="C499" t="s">
-        <v>1915</v>
+        <v>1847</v>
       </c>
       <c r="D499" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E499" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F499" t="s">
-        <v>625</v>
+        <v>729</v>
       </c>
       <c r="G499" s="1" t="s">
-        <v>1916</v>
+        <v>1848</v>
       </c>
       <c r="H499" t="s">
-        <v>1917</v>
+        <v>1849</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
-        <v>1918</v>
+        <v>1850</v>
       </c>
       <c r="B500" t="s">
         <v>9</v>
       </c>
       <c r="C500" t="s">
-        <v>1919</v>
+        <v>1851</v>
       </c>
       <c r="D500" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E500" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F500" t="s">
-        <v>1920</v>
+        <v>907</v>
       </c>
       <c r="G500" s="1" t="s">
-        <v>1921</v>
+        <v>1852</v>
       </c>
       <c r="H500" t="s">
-        <v>1922</v>
+        <v>1853</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
-        <v>1923</v>
+        <v>1854</v>
       </c>
       <c r="B501" t="s">
         <v>9</v>
       </c>
       <c r="C501" t="s">
-        <v>1924</v>
+        <v>1855</v>
       </c>
       <c r="D501" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E501" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F501" t="s">
-        <v>1920</v>
+        <v>1052</v>
       </c>
       <c r="G501" s="1" t="s">
-        <v>1925</v>
+        <v>1856</v>
       </c>
       <c r="H501" t="s">
-        <v>1926</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
-        <v>1927</v>
+        <v>1858</v>
       </c>
       <c r="B502" t="s">
         <v>9</v>
       </c>
       <c r="C502" t="s">
-        <v>1928</v>
+        <v>1859</v>
       </c>
       <c r="D502" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E502" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F502" t="s">
-        <v>212</v>
+        <v>834</v>
       </c>
       <c r="G502" s="1" t="s">
-        <v>1929</v>
+        <v>1860</v>
       </c>
       <c r="H502" t="s">
-        <v>1930</v>
+        <v>1861</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
-        <v>1931</v>
+        <v>1862</v>
       </c>
       <c r="B503" t="s">
         <v>9</v>
       </c>
       <c r="C503" t="s">
-        <v>1932</v>
+        <v>1863</v>
       </c>
       <c r="D503" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E503" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F503" t="s">
-        <v>541</v>
+        <v>834</v>
       </c>
       <c r="G503" s="1" t="s">
-        <v>1933</v>
+        <v>1864</v>
       </c>
       <c r="H503" t="s">
-        <v>1934</v>
+        <v>1865</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
-        <v>1935</v>
+        <v>1866</v>
       </c>
       <c r="B504" t="s">
         <v>9</v>
       </c>
       <c r="C504" t="s">
-        <v>1936</v>
+        <v>1867</v>
       </c>
       <c r="D504" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E504" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F504" t="s">
-        <v>604</v>
+        <v>834</v>
       </c>
       <c r="G504" s="1" t="s">
-        <v>1937</v>
+        <v>1868</v>
       </c>
       <c r="H504" t="s">
-        <v>1938</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
-        <v>1939</v>
+        <v>1870</v>
       </c>
       <c r="B505" t="s">
         <v>9</v>
       </c>
       <c r="C505" t="s">
-        <v>1940</v>
+        <v>1871</v>
       </c>
       <c r="D505" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E505" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F505" t="s">
-        <v>644</v>
+        <v>729</v>
       </c>
       <c r="G505" s="1" t="s">
-        <v>1941</v>
+        <v>1872</v>
       </c>
       <c r="H505" t="s">
-        <v>1942</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
-        <v>1943</v>
+        <v>1874</v>
       </c>
       <c r="B506" t="s">
         <v>9</v>
       </c>
       <c r="C506" t="s">
-        <v>1944</v>
+        <v>1875</v>
       </c>
       <c r="D506" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E506" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F506" t="s">
-        <v>212</v>
+        <v>729</v>
       </c>
       <c r="G506" s="1" t="s">
-        <v>1945</v>
+        <v>1876</v>
       </c>
       <c r="H506" t="s">
-        <v>1946</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
-        <v>1947</v>
+        <v>1878</v>
       </c>
       <c r="B507" t="s">
         <v>9</v>
       </c>
       <c r="C507" t="s">
-        <v>1948</v>
+        <v>1879</v>
       </c>
       <c r="D507" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E507" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F507" t="s">
-        <v>604</v>
+        <v>868</v>
       </c>
       <c r="G507" s="1" t="s">
-        <v>1949</v>
+        <v>1880</v>
       </c>
       <c r="H507" t="s">
-        <v>1950</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
-        <v>1951</v>
+        <v>1882</v>
       </c>
       <c r="B508" t="s">
         <v>9</v>
       </c>
       <c r="C508" t="s">
-        <v>1952</v>
+        <v>1883</v>
       </c>
       <c r="D508" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E508" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F508" t="s">
-        <v>604</v>
+        <v>868</v>
       </c>
       <c r="G508" s="1" t="s">
-        <v>1953</v>
+        <v>1884</v>
       </c>
       <c r="H508" t="s">
-        <v>1954</v>
+        <v>1885</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
-        <v>1955</v>
+        <v>1886</v>
       </c>
       <c r="B509" t="s">
         <v>9</v>
       </c>
       <c r="C509" t="s">
-        <v>1956</v>
+        <v>1887</v>
       </c>
       <c r="D509" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E509" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F509" t="s">
-        <v>604</v>
+        <v>853</v>
       </c>
       <c r="G509" s="1" t="s">
-        <v>1957</v>
+        <v>1888</v>
       </c>
       <c r="H509" t="s">
-        <v>1958</v>
+        <v>1889</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
-        <v>1959</v>
+        <v>1890</v>
       </c>
       <c r="B510" t="s">
         <v>9</v>
       </c>
       <c r="C510" t="s">
-        <v>1960</v>
+        <v>1891</v>
       </c>
       <c r="D510" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E510" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F510" t="s">
-        <v>604</v>
+        <v>853</v>
       </c>
       <c r="G510" s="1" t="s">
-        <v>1961</v>
+        <v>1892</v>
       </c>
       <c r="H510" t="s">
-        <v>1962</v>
+        <v>1893</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
-        <v>1963</v>
+        <v>1894</v>
       </c>
       <c r="B511" t="s">
         <v>9</v>
       </c>
       <c r="C511" t="s">
-        <v>1964</v>
+        <v>1895</v>
       </c>
       <c r="D511" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E511" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F511" t="s">
-        <v>644</v>
+        <v>853</v>
       </c>
       <c r="G511" s="1" t="s">
-        <v>1965</v>
+        <v>1896</v>
       </c>
       <c r="H511" t="s">
-        <v>1966</v>
+        <v>1897</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
-        <v>1967</v>
+        <v>1898</v>
       </c>
       <c r="B512" t="s">
         <v>9</v>
       </c>
       <c r="C512" t="s">
-        <v>1968</v>
+        <v>1899</v>
       </c>
       <c r="D512" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E512" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F512" t="s">
-        <v>644</v>
+        <v>834</v>
       </c>
       <c r="G512" s="1" t="s">
-        <v>1969</v>
+        <v>1900</v>
       </c>
       <c r="H512" t="s">
-        <v>1970</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
-        <v>1971</v>
+        <v>1902</v>
       </c>
       <c r="B513" t="s">
         <v>9</v>
       </c>
       <c r="C513" t="s">
-        <v>1972</v>
+        <v>1903</v>
       </c>
       <c r="D513" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E513" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F513" t="s">
-        <v>431</v>
+        <v>907</v>
       </c>
       <c r="G513" s="1" t="s">
-        <v>1973</v>
+        <v>1904</v>
       </c>
       <c r="H513" t="s">
-        <v>1974</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
-        <v>1975</v>
+        <v>1906</v>
       </c>
       <c r="B514" t="s">
         <v>9</v>
       </c>
       <c r="C514" t="s">
-        <v>1976</v>
+        <v>1907</v>
       </c>
       <c r="D514" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E514" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F514" t="s">
-        <v>212</v>
+        <v>834</v>
       </c>
       <c r="G514" s="1" t="s">
-        <v>1977</v>
+        <v>1908</v>
       </c>
       <c r="H514" t="s">
-        <v>1978</v>
+        <v>1909</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
-        <v>1979</v>
+        <v>1910</v>
       </c>
       <c r="B515" t="s">
         <v>9</v>
       </c>
       <c r="C515" t="s">
-        <v>1980</v>
+        <v>1911</v>
       </c>
       <c r="D515" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E515" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F515" t="s">
-        <v>115</v>
+        <v>834</v>
       </c>
       <c r="G515" s="1" t="s">
-        <v>1981</v>
+        <v>1912</v>
       </c>
       <c r="H515" t="s">
-        <v>1982</v>
+        <v>1913</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
-        <v>1983</v>
+        <v>1914</v>
       </c>
       <c r="B516" t="s">
         <v>9</v>
       </c>
       <c r="C516" t="s">
-        <v>1984</v>
+        <v>1915</v>
       </c>
       <c r="D516" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E516" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F516" t="s">
-        <v>698</v>
+        <v>171</v>
       </c>
       <c r="G516" s="1" t="s">
-        <v>1985</v>
+        <v>1916</v>
       </c>
       <c r="H516" t="s">
-        <v>1986</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
-        <v>1987</v>
+        <v>1918</v>
       </c>
       <c r="B517" t="s">
         <v>9</v>
       </c>
       <c r="C517" t="s">
-        <v>1988</v>
+        <v>1919</v>
       </c>
       <c r="D517" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E517" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F517" t="s">
-        <v>541</v>
+        <v>171</v>
       </c>
       <c r="G517" s="1" t="s">
-        <v>1989</v>
+        <v>1920</v>
       </c>
       <c r="H517" t="s">
-        <v>1990</v>
+        <v>1921</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
-        <v>1991</v>
+        <v>1922</v>
       </c>
       <c r="B518" t="s">
         <v>9</v>
       </c>
       <c r="C518" t="s">
-        <v>1992</v>
+        <v>1923</v>
       </c>
       <c r="D518" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E518" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F518" t="s">
-        <v>1993</v>
+        <v>188</v>
       </c>
       <c r="G518" s="1" t="s">
-        <v>1994</v>
+        <v>1924</v>
       </c>
       <c r="H518" t="s">
-        <v>1995</v>
+        <v>1925</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
-        <v>1996</v>
+        <v>1926</v>
       </c>
       <c r="B519" t="s">
         <v>9</v>
       </c>
       <c r="C519" t="s">
-        <v>1997</v>
+        <v>1927</v>
       </c>
       <c r="D519" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E519" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F519" t="s">
-        <v>625</v>
+        <v>188</v>
       </c>
       <c r="G519" s="1" t="s">
-        <v>1998</v>
+        <v>1928</v>
       </c>
       <c r="H519" t="s">
-        <v>1999</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
-        <v>2000</v>
+        <v>1930</v>
       </c>
       <c r="B520" t="s">
         <v>9</v>
       </c>
       <c r="C520" t="s">
-        <v>2001</v>
+        <v>1931</v>
       </c>
       <c r="D520" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E520" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F520" t="s">
-        <v>604</v>
+        <v>188</v>
       </c>
       <c r="G520" s="1" t="s">
-        <v>2002</v>
+        <v>1932</v>
       </c>
       <c r="H520" t="s">
-        <v>2003</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
-        <v>2004</v>
+        <v>1934</v>
       </c>
       <c r="B521" t="s">
         <v>9</v>
       </c>
       <c r="C521" t="s">
-        <v>2005</v>
+        <v>1935</v>
       </c>
       <c r="D521" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E521" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F521" t="s">
-        <v>431</v>
+        <v>188</v>
       </c>
       <c r="G521" s="1" t="s">
-        <v>2006</v>
+        <v>1936</v>
       </c>
       <c r="H521" t="s">
-        <v>2007</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
-        <v>2008</v>
+        <v>1938</v>
       </c>
       <c r="B522" t="s">
         <v>9</v>
       </c>
       <c r="C522" t="s">
-        <v>2009</v>
+        <v>1939</v>
       </c>
       <c r="D522" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E522" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F522" t="s">
-        <v>431</v>
+        <v>929</v>
       </c>
       <c r="G522" s="1" t="s">
-        <v>2010</v>
+        <v>1940</v>
       </c>
       <c r="H522" t="s">
-        <v>2011</v>
+        <v>1941</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
-        <v>2012</v>
+        <v>1942</v>
       </c>
       <c r="B523" t="s">
         <v>9</v>
       </c>
       <c r="C523" t="s">
-        <v>2013</v>
+        <v>1943</v>
       </c>
       <c r="D523" t="s">
-        <v>596</v>
+        <v>805</v>
       </c>
       <c r="E523" t="s">
-        <v>597</v>
+        <v>806</v>
       </c>
       <c r="F523" t="s">
-        <v>663</v>
+        <v>729</v>
       </c>
       <c r="G523" s="1" t="s">
-        <v>2014</v>
+        <v>1944</v>
       </c>
       <c r="H523" t="s">
-        <v>2015</v>
+        <v>1945</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
-        <v>2016</v>
+        <v>1946</v>
       </c>
       <c r="B524" t="s">
         <v>9</v>
       </c>
       <c r="C524" t="s">
-        <v>50</v>
+        <v>1947</v>
       </c>
       <c r="D524" t="s">
-        <v>2017</v>
+        <v>805</v>
       </c>
       <c r="E524" t="s">
-        <v>2018</v>
+        <v>806</v>
       </c>
       <c r="F524" t="s">
-        <v>212</v>
+        <v>729</v>
       </c>
       <c r="G524" s="1" t="s">
-        <v>2019</v>
+        <v>1948</v>
       </c>
       <c r="H524" t="s">
-        <v>2020</v>
+        <v>1949</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
-        <v>2021</v>
+        <v>1950</v>
       </c>
       <c r="B525" t="s">
         <v>9</v>
       </c>
       <c r="C525" t="s">
-        <v>50</v>
+        <v>1951</v>
       </c>
       <c r="D525" t="s">
-        <v>2022</v>
+        <v>805</v>
       </c>
       <c r="E525" t="s">
-        <v>2023</v>
+        <v>806</v>
       </c>
       <c r="F525" t="s">
-        <v>30</v>
+        <v>872</v>
       </c>
       <c r="G525" s="1" t="s">
-        <v>2024</v>
+        <v>1952</v>
       </c>
       <c r="H525" t="s">
-        <v>2025</v>
+        <v>1953</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
-        <v>2026</v>
+        <v>1954</v>
       </c>
       <c r="B526" t="s">
         <v>9</v>
       </c>
       <c r="C526" t="s">
-        <v>50</v>
+        <v>1955</v>
       </c>
       <c r="D526" t="s">
-        <v>2027</v>
+        <v>805</v>
       </c>
       <c r="E526" t="s">
-        <v>2028</v>
+        <v>806</v>
       </c>
       <c r="F526" t="s">
-        <v>225</v>
+        <v>729</v>
       </c>
       <c r="G526" s="1" t="s">
-        <v>2029</v>
+        <v>1956</v>
       </c>
       <c r="H526" t="s">
-        <v>2030</v>
+        <v>1957</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
-        <v>2031</v>
+        <v>1958</v>
       </c>
       <c r="B527" t="s">
         <v>9</v>
       </c>
       <c r="C527" t="s">
-        <v>56</v>
+        <v>1959</v>
       </c>
       <c r="D527" t="s">
-        <v>2027</v>
+        <v>805</v>
       </c>
       <c r="E527" t="s">
-        <v>2028</v>
+        <v>806</v>
       </c>
       <c r="F527" t="s">
-        <v>225</v>
+        <v>1960</v>
       </c>
       <c r="G527" s="1" t="s">
-        <v>2032</v>
+        <v>1961</v>
       </c>
       <c r="H527" t="s">
-        <v>2033</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
+        <v>1963</v>
+      </c>
+      <c r="B528" t="s">
+        <v>9</v>
+      </c>
+      <c r="C528" t="s">
+        <v>1964</v>
+      </c>
+      <c r="D528" t="s">
+        <v>805</v>
+      </c>
+      <c r="E528" t="s">
+        <v>806</v>
+      </c>
+      <c r="F528" t="s">
+        <v>188</v>
+      </c>
+      <c r="G528" s="1" t="s">
+        <v>1965</v>
+      </c>
+      <c r="H528" t="s">
+        <v>1966</v>
+      </c>
+    </row>
+    <row r="529" spans="1:8">
+      <c r="A529" t="s">
+        <v>1967</v>
+      </c>
+      <c r="B529" t="s">
+        <v>9</v>
+      </c>
+      <c r="C529" t="s">
+        <v>1968</v>
+      </c>
+      <c r="D529" t="s">
+        <v>805</v>
+      </c>
+      <c r="E529" t="s">
+        <v>806</v>
+      </c>
+      <c r="F529" t="s">
+        <v>853</v>
+      </c>
+      <c r="G529" s="1" t="s">
+        <v>1969</v>
+      </c>
+      <c r="H529" t="s">
+        <v>1970</v>
+      </c>
+    </row>
+    <row r="530" spans="1:8">
+      <c r="A530" t="s">
+        <v>1971</v>
+      </c>
+      <c r="B530" t="s">
+        <v>9</v>
+      </c>
+      <c r="C530" t="s">
+        <v>1972</v>
+      </c>
+      <c r="D530" t="s">
+        <v>805</v>
+      </c>
+      <c r="E530" t="s">
+        <v>806</v>
+      </c>
+      <c r="F530" t="s">
+        <v>868</v>
+      </c>
+      <c r="G530" s="1" t="s">
+        <v>1973</v>
+      </c>
+      <c r="H530" t="s">
+        <v>1974</v>
+      </c>
+    </row>
+    <row r="531" spans="1:8">
+      <c r="A531" t="s">
+        <v>1975</v>
+      </c>
+      <c r="B531" t="s">
+        <v>9</v>
+      </c>
+      <c r="C531" t="s">
+        <v>1976</v>
+      </c>
+      <c r="D531" t="s">
+        <v>805</v>
+      </c>
+      <c r="E531" t="s">
+        <v>806</v>
+      </c>
+      <c r="F531" t="s">
+        <v>1977</v>
+      </c>
+      <c r="G531" s="1" t="s">
+        <v>1978</v>
+      </c>
+      <c r="H531" t="s">
+        <v>1979</v>
+      </c>
+    </row>
+    <row r="532" spans="1:8">
+      <c r="A532" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B532" t="s">
+        <v>9</v>
+      </c>
+      <c r="C532" t="s">
+        <v>1981</v>
+      </c>
+      <c r="D532" t="s">
+        <v>805</v>
+      </c>
+      <c r="E532" t="s">
+        <v>806</v>
+      </c>
+      <c r="F532" t="s">
+        <v>813</v>
+      </c>
+      <c r="G532" s="1" t="s">
+        <v>1982</v>
+      </c>
+      <c r="H532" t="s">
+        <v>1983</v>
+      </c>
+    </row>
+    <row r="533" spans="1:8">
+      <c r="A533" t="s">
+        <v>1984</v>
+      </c>
+      <c r="B533" t="s">
+        <v>9</v>
+      </c>
+      <c r="C533" t="s">
+        <v>1985</v>
+      </c>
+      <c r="D533" t="s">
+        <v>805</v>
+      </c>
+      <c r="E533" t="s">
+        <v>806</v>
+      </c>
+      <c r="F533" t="s">
+        <v>813</v>
+      </c>
+      <c r="G533" s="1" t="s">
+        <v>1986</v>
+      </c>
+      <c r="H533" t="s">
+        <v>1987</v>
+      </c>
+    </row>
+    <row r="534" spans="1:8">
+      <c r="A534" t="s">
+        <v>1988</v>
+      </c>
+      <c r="B534" t="s">
+        <v>9</v>
+      </c>
+      <c r="C534" t="s">
+        <v>1989</v>
+      </c>
+      <c r="D534" t="s">
+        <v>805</v>
+      </c>
+      <c r="E534" t="s">
+        <v>806</v>
+      </c>
+      <c r="F534" t="s">
+        <v>1990</v>
+      </c>
+      <c r="G534" s="1" t="s">
+        <v>1991</v>
+      </c>
+      <c r="H534" t="s">
+        <v>1992</v>
+      </c>
+    </row>
+    <row r="535" spans="1:8">
+      <c r="A535" t="s">
+        <v>1993</v>
+      </c>
+      <c r="B535" t="s">
+        <v>9</v>
+      </c>
+      <c r="C535" t="s">
+        <v>1994</v>
+      </c>
+      <c r="D535" t="s">
+        <v>805</v>
+      </c>
+      <c r="E535" t="s">
+        <v>806</v>
+      </c>
+      <c r="F535" t="s">
+        <v>1990</v>
+      </c>
+      <c r="G535" s="1" t="s">
+        <v>1995</v>
+      </c>
+      <c r="H535" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="536" spans="1:8">
+      <c r="A536" t="s">
+        <v>1997</v>
+      </c>
+      <c r="B536" t="s">
+        <v>9</v>
+      </c>
+      <c r="C536" t="s">
+        <v>1998</v>
+      </c>
+      <c r="D536" t="s">
+        <v>805</v>
+      </c>
+      <c r="E536" t="s">
+        <v>806</v>
+      </c>
+      <c r="F536" t="s">
+        <v>106</v>
+      </c>
+      <c r="G536" s="1" t="s">
+        <v>1999</v>
+      </c>
+      <c r="H536" t="s">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="537" spans="1:8">
+      <c r="A537" t="s">
+        <v>2001</v>
+      </c>
+      <c r="B537" t="s">
+        <v>9</v>
+      </c>
+      <c r="C537" t="s">
+        <v>2002</v>
+      </c>
+      <c r="D537" t="s">
+        <v>805</v>
+      </c>
+      <c r="E537" t="s">
+        <v>806</v>
+      </c>
+      <c r="F537" t="s">
+        <v>124</v>
+      </c>
+      <c r="G537" s="1" t="s">
+        <v>2003</v>
+      </c>
+      <c r="H537" t="s">
+        <v>2004</v>
+      </c>
+    </row>
+    <row r="538" spans="1:8">
+      <c r="A538" t="s">
+        <v>2005</v>
+      </c>
+      <c r="B538" t="s">
+        <v>9</v>
+      </c>
+      <c r="C538" t="s">
+        <v>2006</v>
+      </c>
+      <c r="D538" t="s">
+        <v>805</v>
+      </c>
+      <c r="E538" t="s">
+        <v>806</v>
+      </c>
+      <c r="F538" t="s">
+        <v>2007</v>
+      </c>
+      <c r="G538" s="1" t="s">
+        <v>2008</v>
+      </c>
+      <c r="H538" t="s">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="539" spans="1:8">
+      <c r="A539" t="s">
+        <v>2010</v>
+      </c>
+      <c r="B539" t="s">
+        <v>9</v>
+      </c>
+      <c r="C539" t="s">
+        <v>2011</v>
+      </c>
+      <c r="D539" t="s">
+        <v>805</v>
+      </c>
+      <c r="E539" t="s">
+        <v>806</v>
+      </c>
+      <c r="F539" t="s">
+        <v>2012</v>
+      </c>
+      <c r="G539" s="1" t="s">
+        <v>2013</v>
+      </c>
+      <c r="H539" t="s">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="540" spans="1:8">
+      <c r="A540" t="s">
+        <v>2015</v>
+      </c>
+      <c r="B540" t="s">
+        <v>9</v>
+      </c>
+      <c r="C540" t="s">
+        <v>2016</v>
+      </c>
+      <c r="D540" t="s">
+        <v>805</v>
+      </c>
+      <c r="E540" t="s">
+        <v>806</v>
+      </c>
+      <c r="F540" t="s">
+        <v>124</v>
+      </c>
+      <c r="G540" s="1" t="s">
+        <v>2017</v>
+      </c>
+      <c r="H540" t="s">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="541" spans="1:8">
+      <c r="A541" t="s">
+        <v>2019</v>
+      </c>
+      <c r="B541" t="s">
+        <v>9</v>
+      </c>
+      <c r="C541" t="s">
+        <v>2020</v>
+      </c>
+      <c r="D541" t="s">
+        <v>805</v>
+      </c>
+      <c r="E541" t="s">
+        <v>806</v>
+      </c>
+      <c r="F541" t="s">
+        <v>119</v>
+      </c>
+      <c r="G541" s="1" t="s">
+        <v>2021</v>
+      </c>
+      <c r="H541" t="s">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="542" spans="1:8">
+      <c r="A542" t="s">
+        <v>2023</v>
+      </c>
+      <c r="B542" t="s">
+        <v>9</v>
+      </c>
+      <c r="C542" t="s">
+        <v>2024</v>
+      </c>
+      <c r="D542" t="s">
+        <v>805</v>
+      </c>
+      <c r="E542" t="s">
+        <v>806</v>
+      </c>
+      <c r="F542" t="s">
+        <v>2025</v>
+      </c>
+      <c r="G542" s="1" t="s">
+        <v>2026</v>
+      </c>
+      <c r="H542" t="s">
+        <v>2027</v>
+      </c>
+    </row>
+    <row r="543" spans="1:8">
+      <c r="A543" t="s">
+        <v>2028</v>
+      </c>
+      <c r="B543" t="s">
+        <v>9</v>
+      </c>
+      <c r="C543" t="s">
+        <v>2029</v>
+      </c>
+      <c r="D543" t="s">
+        <v>805</v>
+      </c>
+      <c r="E543" t="s">
+        <v>806</v>
+      </c>
+      <c r="F543" t="s">
+        <v>853</v>
+      </c>
+      <c r="G543" s="1" t="s">
+        <v>2030</v>
+      </c>
+      <c r="H543" t="s">
+        <v>2031</v>
+      </c>
+    </row>
+    <row r="544" spans="1:8">
+      <c r="A544" t="s">
+        <v>2032</v>
+      </c>
+      <c r="B544" t="s">
+        <v>9</v>
+      </c>
+      <c r="C544" t="s">
+        <v>2033</v>
+      </c>
+      <c r="D544" t="s">
+        <v>805</v>
+      </c>
+      <c r="E544" t="s">
+        <v>806</v>
+      </c>
+      <c r="F544" t="s">
+        <v>853</v>
+      </c>
+      <c r="G544" s="1" t="s">
         <v>2034</v>
       </c>
-      <c r="B528" t="s">
-[...14 lines deleted...]
-      <c r="G528" s="1" t="s">
+      <c r="H544" t="s">
         <v>2035</v>
       </c>
-      <c r="H528" t="s">
+    </row>
+    <row r="545" spans="1:8">
+      <c r="A545" t="s">
         <v>2036</v>
+      </c>
+      <c r="B545" t="s">
+        <v>9</v>
+      </c>
+      <c r="C545" t="s">
+        <v>2037</v>
+      </c>
+      <c r="D545" t="s">
+        <v>805</v>
+      </c>
+      <c r="E545" t="s">
+        <v>806</v>
+      </c>
+      <c r="F545" t="s">
+        <v>2038</v>
+      </c>
+      <c r="G545" s="1" t="s">
+        <v>2039</v>
+      </c>
+      <c r="H545" t="s">
+        <v>2040</v>
+      </c>
+    </row>
+    <row r="546" spans="1:8">
+      <c r="A546" t="s">
+        <v>2041</v>
+      </c>
+      <c r="B546" t="s">
+        <v>9</v>
+      </c>
+      <c r="C546" t="s">
+        <v>2042</v>
+      </c>
+      <c r="D546" t="s">
+        <v>805</v>
+      </c>
+      <c r="E546" t="s">
+        <v>806</v>
+      </c>
+      <c r="F546" t="s">
+        <v>853</v>
+      </c>
+      <c r="G546" s="1" t="s">
+        <v>2043</v>
+      </c>
+      <c r="H546" t="s">
+        <v>2044</v>
+      </c>
+    </row>
+    <row r="547" spans="1:8">
+      <c r="A547" t="s">
+        <v>2045</v>
+      </c>
+      <c r="B547" t="s">
+        <v>9</v>
+      </c>
+      <c r="C547" t="s">
+        <v>2046</v>
+      </c>
+      <c r="D547" t="s">
+        <v>805</v>
+      </c>
+      <c r="E547" t="s">
+        <v>806</v>
+      </c>
+      <c r="F547" t="s">
+        <v>853</v>
+      </c>
+      <c r="G547" s="1" t="s">
+        <v>2047</v>
+      </c>
+      <c r="H547" t="s">
+        <v>2048</v>
+      </c>
+    </row>
+    <row r="548" spans="1:8">
+      <c r="A548" t="s">
+        <v>2049</v>
+      </c>
+      <c r="B548" t="s">
+        <v>9</v>
+      </c>
+      <c r="C548" t="s">
+        <v>2050</v>
+      </c>
+      <c r="D548" t="s">
+        <v>805</v>
+      </c>
+      <c r="E548" t="s">
+        <v>806</v>
+      </c>
+      <c r="F548" t="s">
+        <v>834</v>
+      </c>
+      <c r="G548" s="1" t="s">
+        <v>2051</v>
+      </c>
+      <c r="H548" t="s">
+        <v>2052</v>
+      </c>
+    </row>
+    <row r="549" spans="1:8">
+      <c r="A549" t="s">
+        <v>2053</v>
+      </c>
+      <c r="B549" t="s">
+        <v>9</v>
+      </c>
+      <c r="C549" t="s">
+        <v>2054</v>
+      </c>
+      <c r="D549" t="s">
+        <v>805</v>
+      </c>
+      <c r="E549" t="s">
+        <v>806</v>
+      </c>
+      <c r="F549" t="s">
+        <v>853</v>
+      </c>
+      <c r="G549" s="1" t="s">
+        <v>2055</v>
+      </c>
+      <c r="H549" t="s">
+        <v>2056</v>
+      </c>
+    </row>
+    <row r="550" spans="1:8">
+      <c r="A550" t="s">
+        <v>2057</v>
+      </c>
+      <c r="B550" t="s">
+        <v>9</v>
+      </c>
+      <c r="C550" t="s">
+        <v>2058</v>
+      </c>
+      <c r="D550" t="s">
+        <v>805</v>
+      </c>
+      <c r="E550" t="s">
+        <v>806</v>
+      </c>
+      <c r="F550" t="s">
+        <v>813</v>
+      </c>
+      <c r="G550" s="1" t="s">
+        <v>2059</v>
+      </c>
+      <c r="H550" t="s">
+        <v>2060</v>
+      </c>
+    </row>
+    <row r="551" spans="1:8">
+      <c r="A551" t="s">
+        <v>2061</v>
+      </c>
+      <c r="B551" t="s">
+        <v>9</v>
+      </c>
+      <c r="C551" t="s">
+        <v>2062</v>
+      </c>
+      <c r="D551" t="s">
+        <v>805</v>
+      </c>
+      <c r="E551" t="s">
+        <v>806</v>
+      </c>
+      <c r="F551" t="s">
+        <v>813</v>
+      </c>
+      <c r="G551" s="1" t="s">
+        <v>2063</v>
+      </c>
+      <c r="H551" t="s">
+        <v>2064</v>
+      </c>
+    </row>
+    <row r="552" spans="1:8">
+      <c r="A552" t="s">
+        <v>2065</v>
+      </c>
+      <c r="B552" t="s">
+        <v>9</v>
+      </c>
+      <c r="C552" t="s">
+        <v>2066</v>
+      </c>
+      <c r="D552" t="s">
+        <v>805</v>
+      </c>
+      <c r="E552" t="s">
+        <v>806</v>
+      </c>
+      <c r="F552" t="s">
+        <v>1240</v>
+      </c>
+      <c r="G552" s="1" t="s">
+        <v>2067</v>
+      </c>
+      <c r="H552" t="s">
+        <v>2068</v>
+      </c>
+    </row>
+    <row r="553" spans="1:8">
+      <c r="A553" t="s">
+        <v>2069</v>
+      </c>
+      <c r="B553" t="s">
+        <v>9</v>
+      </c>
+      <c r="C553" t="s">
+        <v>2070</v>
+      </c>
+      <c r="D553" t="s">
+        <v>805</v>
+      </c>
+      <c r="E553" t="s">
+        <v>806</v>
+      </c>
+      <c r="F553" t="s">
+        <v>729</v>
+      </c>
+      <c r="G553" s="1" t="s">
+        <v>2071</v>
+      </c>
+      <c r="H553" t="s">
+        <v>2072</v>
+      </c>
+    </row>
+    <row r="554" spans="1:8">
+      <c r="A554" t="s">
+        <v>2073</v>
+      </c>
+      <c r="B554" t="s">
+        <v>9</v>
+      </c>
+      <c r="C554" t="s">
+        <v>2074</v>
+      </c>
+      <c r="D554" t="s">
+        <v>805</v>
+      </c>
+      <c r="E554" t="s">
+        <v>806</v>
+      </c>
+      <c r="F554" t="s">
+        <v>729</v>
+      </c>
+      <c r="G554" s="1" t="s">
+        <v>2075</v>
+      </c>
+      <c r="H554" t="s">
+        <v>2076</v>
+      </c>
+    </row>
+    <row r="555" spans="1:8">
+      <c r="A555" t="s">
+        <v>2077</v>
+      </c>
+      <c r="B555" t="s">
+        <v>9</v>
+      </c>
+      <c r="C555" t="s">
+        <v>2078</v>
+      </c>
+      <c r="D555" t="s">
+        <v>805</v>
+      </c>
+      <c r="E555" t="s">
+        <v>806</v>
+      </c>
+      <c r="F555" t="s">
+        <v>907</v>
+      </c>
+      <c r="G555" s="1" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H555" t="s">
+        <v>2080</v>
+      </c>
+    </row>
+    <row r="556" spans="1:8">
+      <c r="A556" t="s">
+        <v>2081</v>
+      </c>
+      <c r="B556" t="s">
+        <v>9</v>
+      </c>
+      <c r="C556" t="s">
+        <v>2082</v>
+      </c>
+      <c r="D556" t="s">
+        <v>805</v>
+      </c>
+      <c r="E556" t="s">
+        <v>806</v>
+      </c>
+      <c r="F556" t="s">
+        <v>106</v>
+      </c>
+      <c r="G556" s="1" t="s">
+        <v>2083</v>
+      </c>
+      <c r="H556" t="s">
+        <v>2084</v>
+      </c>
+    </row>
+    <row r="557" spans="1:8">
+      <c r="A557" t="s">
+        <v>2085</v>
+      </c>
+      <c r="B557" t="s">
+        <v>9</v>
+      </c>
+      <c r="C557" t="s">
+        <v>2086</v>
+      </c>
+      <c r="D557" t="s">
+        <v>805</v>
+      </c>
+      <c r="E557" t="s">
+        <v>806</v>
+      </c>
+      <c r="F557" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G557" s="1" t="s">
+        <v>2088</v>
+      </c>
+      <c r="H557" t="s">
+        <v>2089</v>
+      </c>
+    </row>
+    <row r="558" spans="1:8">
+      <c r="A558" t="s">
+        <v>2090</v>
+      </c>
+      <c r="B558" t="s">
+        <v>9</v>
+      </c>
+      <c r="C558" t="s">
+        <v>2091</v>
+      </c>
+      <c r="D558" t="s">
+        <v>805</v>
+      </c>
+      <c r="E558" t="s">
+        <v>806</v>
+      </c>
+      <c r="F558" t="s">
+        <v>729</v>
+      </c>
+      <c r="G558" s="1" t="s">
+        <v>2092</v>
+      </c>
+      <c r="H558" t="s">
+        <v>2093</v>
+      </c>
+    </row>
+    <row r="559" spans="1:8">
+      <c r="A559" t="s">
+        <v>2094</v>
+      </c>
+      <c r="B559" t="s">
+        <v>9</v>
+      </c>
+      <c r="C559" t="s">
+        <v>2095</v>
+      </c>
+      <c r="D559" t="s">
+        <v>805</v>
+      </c>
+      <c r="E559" t="s">
+        <v>806</v>
+      </c>
+      <c r="F559" t="s">
+        <v>729</v>
+      </c>
+      <c r="G559" s="1" t="s">
+        <v>2096</v>
+      </c>
+      <c r="H559" t="s">
+        <v>2097</v>
+      </c>
+    </row>
+    <row r="560" spans="1:8">
+      <c r="A560" t="s">
+        <v>2098</v>
+      </c>
+      <c r="B560" t="s">
+        <v>9</v>
+      </c>
+      <c r="C560" t="s">
+        <v>2099</v>
+      </c>
+      <c r="D560" t="s">
+        <v>805</v>
+      </c>
+      <c r="E560" t="s">
+        <v>806</v>
+      </c>
+      <c r="F560" t="s">
+        <v>171</v>
+      </c>
+      <c r="G560" s="1" t="s">
+        <v>2100</v>
+      </c>
+      <c r="H560" t="s">
+        <v>2101</v>
+      </c>
+    </row>
+    <row r="561" spans="1:8">
+      <c r="A561" t="s">
+        <v>2102</v>
+      </c>
+      <c r="B561" t="s">
+        <v>9</v>
+      </c>
+      <c r="C561" t="s">
+        <v>2103</v>
+      </c>
+      <c r="D561" t="s">
+        <v>805</v>
+      </c>
+      <c r="E561" t="s">
+        <v>806</v>
+      </c>
+      <c r="F561" t="s">
+        <v>188</v>
+      </c>
+      <c r="G561" s="1" t="s">
+        <v>2104</v>
+      </c>
+      <c r="H561" t="s">
+        <v>2105</v>
+      </c>
+    </row>
+    <row r="562" spans="1:8">
+      <c r="A562" t="s">
+        <v>2106</v>
+      </c>
+      <c r="B562" t="s">
+        <v>9</v>
+      </c>
+      <c r="C562" t="s">
+        <v>2107</v>
+      </c>
+      <c r="D562" t="s">
+        <v>805</v>
+      </c>
+      <c r="E562" t="s">
+        <v>806</v>
+      </c>
+      <c r="F562" t="s">
+        <v>834</v>
+      </c>
+      <c r="G562" s="1" t="s">
+        <v>2108</v>
+      </c>
+      <c r="H562" t="s">
+        <v>2109</v>
+      </c>
+    </row>
+    <row r="563" spans="1:8">
+      <c r="A563" t="s">
+        <v>2110</v>
+      </c>
+      <c r="B563" t="s">
+        <v>9</v>
+      </c>
+      <c r="C563" t="s">
+        <v>2111</v>
+      </c>
+      <c r="D563" t="s">
+        <v>805</v>
+      </c>
+      <c r="E563" t="s">
+        <v>806</v>
+      </c>
+      <c r="F563" t="s">
+        <v>2112</v>
+      </c>
+      <c r="G563" s="1" t="s">
+        <v>2113</v>
+      </c>
+      <c r="H563" t="s">
+        <v>2114</v>
+      </c>
+    </row>
+    <row r="564" spans="1:8">
+      <c r="A564" t="s">
+        <v>2115</v>
+      </c>
+      <c r="B564" t="s">
+        <v>9</v>
+      </c>
+      <c r="C564" t="s">
+        <v>2116</v>
+      </c>
+      <c r="D564" t="s">
+        <v>805</v>
+      </c>
+      <c r="E564" t="s">
+        <v>806</v>
+      </c>
+      <c r="F564" t="s">
+        <v>2112</v>
+      </c>
+      <c r="G564" s="1" t="s">
+        <v>2117</v>
+      </c>
+      <c r="H564" t="s">
+        <v>2118</v>
+      </c>
+    </row>
+    <row r="565" spans="1:8">
+      <c r="A565" t="s">
+        <v>2119</v>
+      </c>
+      <c r="B565" t="s">
+        <v>9</v>
+      </c>
+      <c r="C565" t="s">
+        <v>2120</v>
+      </c>
+      <c r="D565" t="s">
+        <v>805</v>
+      </c>
+      <c r="E565" t="s">
+        <v>806</v>
+      </c>
+      <c r="F565" t="s">
+        <v>171</v>
+      </c>
+      <c r="G565" s="1" t="s">
+        <v>2121</v>
+      </c>
+      <c r="H565" t="s">
+        <v>2122</v>
+      </c>
+    </row>
+    <row r="566" spans="1:8">
+      <c r="A566" t="s">
+        <v>2123</v>
+      </c>
+      <c r="B566" t="s">
+        <v>9</v>
+      </c>
+      <c r="C566" t="s">
+        <v>2124</v>
+      </c>
+      <c r="D566" t="s">
+        <v>805</v>
+      </c>
+      <c r="E566" t="s">
+        <v>806</v>
+      </c>
+      <c r="F566" t="s">
+        <v>729</v>
+      </c>
+      <c r="G566" s="1" t="s">
+        <v>2125</v>
+      </c>
+      <c r="H566" t="s">
+        <v>2126</v>
+      </c>
+    </row>
+    <row r="567" spans="1:8">
+      <c r="A567" t="s">
+        <v>2127</v>
+      </c>
+      <c r="B567" t="s">
+        <v>9</v>
+      </c>
+      <c r="C567" t="s">
+        <v>2128</v>
+      </c>
+      <c r="D567" t="s">
+        <v>805</v>
+      </c>
+      <c r="E567" t="s">
+        <v>806</v>
+      </c>
+      <c r="F567" t="s">
+        <v>813</v>
+      </c>
+      <c r="G567" s="1" t="s">
+        <v>2129</v>
+      </c>
+      <c r="H567" t="s">
+        <v>2130</v>
+      </c>
+    </row>
+    <row r="568" spans="1:8">
+      <c r="A568" t="s">
+        <v>2131</v>
+      </c>
+      <c r="B568" t="s">
+        <v>9</v>
+      </c>
+      <c r="C568" t="s">
+        <v>2132</v>
+      </c>
+      <c r="D568" t="s">
+        <v>805</v>
+      </c>
+      <c r="E568" t="s">
+        <v>806</v>
+      </c>
+      <c r="F568" t="s">
+        <v>853</v>
+      </c>
+      <c r="G568" s="1" t="s">
+        <v>2133</v>
+      </c>
+      <c r="H568" t="s">
+        <v>2134</v>
+      </c>
+    </row>
+    <row r="569" spans="1:8">
+      <c r="A569" t="s">
+        <v>2135</v>
+      </c>
+      <c r="B569" t="s">
+        <v>9</v>
+      </c>
+      <c r="C569" t="s">
+        <v>2136</v>
+      </c>
+      <c r="D569" t="s">
+        <v>805</v>
+      </c>
+      <c r="E569" t="s">
+        <v>806</v>
+      </c>
+      <c r="F569" t="s">
+        <v>171</v>
+      </c>
+      <c r="G569" s="1" t="s">
+        <v>2137</v>
+      </c>
+      <c r="H569" t="s">
+        <v>2138</v>
+      </c>
+    </row>
+    <row r="570" spans="1:8">
+      <c r="A570" t="s">
+        <v>2139</v>
+      </c>
+      <c r="B570" t="s">
+        <v>9</v>
+      </c>
+      <c r="C570" t="s">
+        <v>2140</v>
+      </c>
+      <c r="D570" t="s">
+        <v>805</v>
+      </c>
+      <c r="E570" t="s">
+        <v>806</v>
+      </c>
+      <c r="F570" t="s">
+        <v>813</v>
+      </c>
+      <c r="G570" s="1" t="s">
+        <v>2141</v>
+      </c>
+      <c r="H570" t="s">
+        <v>2142</v>
+      </c>
+    </row>
+    <row r="571" spans="1:8">
+      <c r="A571" t="s">
+        <v>2143</v>
+      </c>
+      <c r="B571" t="s">
+        <v>9</v>
+      </c>
+      <c r="C571" t="s">
+        <v>2144</v>
+      </c>
+      <c r="D571" t="s">
+        <v>805</v>
+      </c>
+      <c r="E571" t="s">
+        <v>806</v>
+      </c>
+      <c r="F571" t="s">
+        <v>813</v>
+      </c>
+      <c r="G571" s="1" t="s">
+        <v>2145</v>
+      </c>
+      <c r="H571" t="s">
+        <v>2146</v>
+      </c>
+    </row>
+    <row r="572" spans="1:8">
+      <c r="A572" t="s">
+        <v>2147</v>
+      </c>
+      <c r="B572" t="s">
+        <v>9</v>
+      </c>
+      <c r="C572" t="s">
+        <v>2148</v>
+      </c>
+      <c r="D572" t="s">
+        <v>805</v>
+      </c>
+      <c r="E572" t="s">
+        <v>806</v>
+      </c>
+      <c r="F572" t="s">
+        <v>813</v>
+      </c>
+      <c r="G572" s="1" t="s">
+        <v>2149</v>
+      </c>
+      <c r="H572" t="s">
+        <v>2150</v>
+      </c>
+    </row>
+    <row r="573" spans="1:8">
+      <c r="A573" t="s">
+        <v>2151</v>
+      </c>
+      <c r="B573" t="s">
+        <v>9</v>
+      </c>
+      <c r="C573" t="s">
+        <v>2152</v>
+      </c>
+      <c r="D573" t="s">
+        <v>805</v>
+      </c>
+      <c r="E573" t="s">
+        <v>806</v>
+      </c>
+      <c r="F573" t="s">
+        <v>813</v>
+      </c>
+      <c r="G573" s="1" t="s">
+        <v>2153</v>
+      </c>
+      <c r="H573" t="s">
+        <v>2154</v>
+      </c>
+    </row>
+    <row r="574" spans="1:8">
+      <c r="A574" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B574" t="s">
+        <v>9</v>
+      </c>
+      <c r="C574" t="s">
+        <v>2156</v>
+      </c>
+      <c r="D574" t="s">
+        <v>805</v>
+      </c>
+      <c r="E574" t="s">
+        <v>806</v>
+      </c>
+      <c r="F574" t="s">
+        <v>853</v>
+      </c>
+      <c r="G574" s="1" t="s">
+        <v>2157</v>
+      </c>
+      <c r="H574" t="s">
+        <v>2158</v>
+      </c>
+    </row>
+    <row r="575" spans="1:8">
+      <c r="A575" t="s">
+        <v>2159</v>
+      </c>
+      <c r="B575" t="s">
+        <v>9</v>
+      </c>
+      <c r="C575" t="s">
+        <v>2160</v>
+      </c>
+      <c r="D575" t="s">
+        <v>805</v>
+      </c>
+      <c r="E575" t="s">
+        <v>806</v>
+      </c>
+      <c r="F575" t="s">
+        <v>853</v>
+      </c>
+      <c r="G575" s="1" t="s">
+        <v>2161</v>
+      </c>
+      <c r="H575" t="s">
+        <v>2162</v>
+      </c>
+    </row>
+    <row r="576" spans="1:8">
+      <c r="A576" t="s">
+        <v>2163</v>
+      </c>
+      <c r="B576" t="s">
+        <v>9</v>
+      </c>
+      <c r="C576" t="s">
+        <v>2164</v>
+      </c>
+      <c r="D576" t="s">
+        <v>805</v>
+      </c>
+      <c r="E576" t="s">
+        <v>806</v>
+      </c>
+      <c r="F576" t="s">
+        <v>188</v>
+      </c>
+      <c r="G576" s="1" t="s">
+        <v>2165</v>
+      </c>
+      <c r="H576" t="s">
+        <v>2166</v>
+      </c>
+    </row>
+    <row r="577" spans="1:8">
+      <c r="A577" t="s">
+        <v>2167</v>
+      </c>
+      <c r="B577" t="s">
+        <v>9</v>
+      </c>
+      <c r="C577" t="s">
+        <v>2168</v>
+      </c>
+      <c r="D577" t="s">
+        <v>805</v>
+      </c>
+      <c r="E577" t="s">
+        <v>806</v>
+      </c>
+      <c r="F577" t="s">
+        <v>171</v>
+      </c>
+      <c r="G577" s="1" t="s">
+        <v>2169</v>
+      </c>
+      <c r="H577" t="s">
+        <v>2170</v>
+      </c>
+    </row>
+    <row r="578" spans="1:8">
+      <c r="A578" t="s">
+        <v>2171</v>
+      </c>
+      <c r="B578" t="s">
+        <v>9</v>
+      </c>
+      <c r="C578" t="s">
+        <v>2172</v>
+      </c>
+      <c r="D578" t="s">
+        <v>805</v>
+      </c>
+      <c r="E578" t="s">
+        <v>806</v>
+      </c>
+      <c r="F578" t="s">
+        <v>124</v>
+      </c>
+      <c r="G578" s="1" t="s">
+        <v>2173</v>
+      </c>
+      <c r="H578" t="s">
+        <v>2174</v>
+      </c>
+    </row>
+    <row r="579" spans="1:8">
+      <c r="A579" t="s">
+        <v>2175</v>
+      </c>
+      <c r="B579" t="s">
+        <v>9</v>
+      </c>
+      <c r="C579" t="s">
+        <v>2176</v>
+      </c>
+      <c r="D579" t="s">
+        <v>805</v>
+      </c>
+      <c r="E579" t="s">
+        <v>806</v>
+      </c>
+      <c r="F579" t="s">
+        <v>907</v>
+      </c>
+      <c r="G579" s="1" t="s">
+        <v>2177</v>
+      </c>
+      <c r="H579" t="s">
+        <v>2178</v>
+      </c>
+    </row>
+    <row r="580" spans="1:8">
+      <c r="A580" t="s">
+        <v>2179</v>
+      </c>
+      <c r="B580" t="s">
+        <v>9</v>
+      </c>
+      <c r="C580" t="s">
+        <v>2180</v>
+      </c>
+      <c r="D580" t="s">
+        <v>805</v>
+      </c>
+      <c r="E580" t="s">
+        <v>806</v>
+      </c>
+      <c r="F580" t="s">
+        <v>729</v>
+      </c>
+      <c r="G580" s="1" t="s">
+        <v>2181</v>
+      </c>
+      <c r="H580" t="s">
+        <v>2182</v>
+      </c>
+    </row>
+    <row r="581" spans="1:8">
+      <c r="A581" t="s">
+        <v>2183</v>
+      </c>
+      <c r="B581" t="s">
+        <v>9</v>
+      </c>
+      <c r="C581" t="s">
+        <v>2184</v>
+      </c>
+      <c r="D581" t="s">
+        <v>805</v>
+      </c>
+      <c r="E581" t="s">
+        <v>806</v>
+      </c>
+      <c r="F581" t="s">
+        <v>2185</v>
+      </c>
+      <c r="G581" s="1" t="s">
+        <v>2186</v>
+      </c>
+      <c r="H581" t="s">
+        <v>2187</v>
+      </c>
+    </row>
+    <row r="582" spans="1:8">
+      <c r="A582" t="s">
+        <v>2188</v>
+      </c>
+      <c r="B582" t="s">
+        <v>9</v>
+      </c>
+      <c r="C582" t="s">
+        <v>2189</v>
+      </c>
+      <c r="D582" t="s">
+        <v>805</v>
+      </c>
+      <c r="E582" t="s">
+        <v>806</v>
+      </c>
+      <c r="F582" t="s">
+        <v>834</v>
+      </c>
+      <c r="G582" s="1" t="s">
+        <v>2190</v>
+      </c>
+      <c r="H582" t="s">
+        <v>2191</v>
+      </c>
+    </row>
+    <row r="583" spans="1:8">
+      <c r="A583" t="s">
+        <v>2192</v>
+      </c>
+      <c r="B583" t="s">
+        <v>9</v>
+      </c>
+      <c r="C583" t="s">
+        <v>2193</v>
+      </c>
+      <c r="D583" t="s">
+        <v>805</v>
+      </c>
+      <c r="E583" t="s">
+        <v>806</v>
+      </c>
+      <c r="F583" t="s">
+        <v>813</v>
+      </c>
+      <c r="G583" s="1" t="s">
+        <v>2194</v>
+      </c>
+      <c r="H583" t="s">
+        <v>2195</v>
+      </c>
+    </row>
+    <row r="584" spans="1:8">
+      <c r="A584" t="s">
+        <v>2196</v>
+      </c>
+      <c r="B584" t="s">
+        <v>9</v>
+      </c>
+      <c r="C584" t="s">
+        <v>2197</v>
+      </c>
+      <c r="D584" t="s">
+        <v>805</v>
+      </c>
+      <c r="E584" t="s">
+        <v>806</v>
+      </c>
+      <c r="F584" t="s">
+        <v>188</v>
+      </c>
+      <c r="G584" s="1" t="s">
+        <v>2198</v>
+      </c>
+      <c r="H584" t="s">
+        <v>2199</v>
+      </c>
+    </row>
+    <row r="585" spans="1:8">
+      <c r="A585" t="s">
+        <v>2200</v>
+      </c>
+      <c r="B585" t="s">
+        <v>9</v>
+      </c>
+      <c r="C585" t="s">
+        <v>2201</v>
+      </c>
+      <c r="D585" t="s">
+        <v>805</v>
+      </c>
+      <c r="E585" t="s">
+        <v>806</v>
+      </c>
+      <c r="F585" t="s">
+        <v>188</v>
+      </c>
+      <c r="G585" s="1" t="s">
+        <v>2202</v>
+      </c>
+      <c r="H585" t="s">
+        <v>2203</v>
+      </c>
+    </row>
+    <row r="586" spans="1:8">
+      <c r="A586" t="s">
+        <v>2204</v>
+      </c>
+      <c r="B586" t="s">
+        <v>9</v>
+      </c>
+      <c r="C586" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D586" t="s">
+        <v>805</v>
+      </c>
+      <c r="E586" t="s">
+        <v>806</v>
+      </c>
+      <c r="F586" t="s">
+        <v>872</v>
+      </c>
+      <c r="G586" s="1" t="s">
+        <v>2206</v>
+      </c>
+      <c r="H586" t="s">
+        <v>2207</v>
+      </c>
+    </row>
+    <row r="587" spans="1:8">
+      <c r="A587" t="s">
+        <v>2208</v>
+      </c>
+      <c r="B587" t="s">
+        <v>9</v>
+      </c>
+      <c r="C587" t="s">
+        <v>2209</v>
+      </c>
+      <c r="D587" t="s">
+        <v>805</v>
+      </c>
+      <c r="E587" t="s">
+        <v>806</v>
+      </c>
+      <c r="F587" t="s">
+        <v>907</v>
+      </c>
+      <c r="G587" s="1" t="s">
+        <v>2210</v>
+      </c>
+      <c r="H587" t="s">
+        <v>2211</v>
+      </c>
+    </row>
+    <row r="588" spans="1:8">
+      <c r="A588" t="s">
+        <v>2212</v>
+      </c>
+      <c r="B588" t="s">
+        <v>9</v>
+      </c>
+      <c r="C588" t="s">
+        <v>2213</v>
+      </c>
+      <c r="D588" t="s">
+        <v>805</v>
+      </c>
+      <c r="E588" t="s">
+        <v>806</v>
+      </c>
+      <c r="F588" t="s">
+        <v>907</v>
+      </c>
+      <c r="G588" s="1" t="s">
+        <v>2214</v>
+      </c>
+      <c r="H588" t="s">
+        <v>2215</v>
+      </c>
+    </row>
+    <row r="589" spans="1:8">
+      <c r="A589" t="s">
+        <v>2216</v>
+      </c>
+      <c r="B589" t="s">
+        <v>9</v>
+      </c>
+      <c r="C589" t="s">
+        <v>2217</v>
+      </c>
+      <c r="D589" t="s">
+        <v>805</v>
+      </c>
+      <c r="E589" t="s">
+        <v>806</v>
+      </c>
+      <c r="F589" t="s">
+        <v>1069</v>
+      </c>
+      <c r="G589" s="1" t="s">
+        <v>2218</v>
+      </c>
+      <c r="H589" t="s">
+        <v>2219</v>
+      </c>
+    </row>
+    <row r="590" spans="1:8">
+      <c r="A590" t="s">
+        <v>2220</v>
+      </c>
+      <c r="B590" t="s">
+        <v>9</v>
+      </c>
+      <c r="C590" t="s">
+        <v>2221</v>
+      </c>
+      <c r="D590" t="s">
+        <v>805</v>
+      </c>
+      <c r="E590" t="s">
+        <v>806</v>
+      </c>
+      <c r="F590" t="s">
+        <v>119</v>
+      </c>
+      <c r="G590" s="1" t="s">
+        <v>2222</v>
+      </c>
+      <c r="H590" t="s">
+        <v>2223</v>
+      </c>
+    </row>
+    <row r="591" spans="1:8">
+      <c r="A591" t="s">
+        <v>2224</v>
+      </c>
+      <c r="B591" t="s">
+        <v>9</v>
+      </c>
+      <c r="C591" t="s">
+        <v>2225</v>
+      </c>
+      <c r="D591" t="s">
+        <v>805</v>
+      </c>
+      <c r="E591" t="s">
+        <v>806</v>
+      </c>
+      <c r="F591" t="s">
+        <v>188</v>
+      </c>
+      <c r="G591" s="1" t="s">
+        <v>2226</v>
+      </c>
+      <c r="H591" t="s">
+        <v>2227</v>
+      </c>
+    </row>
+    <row r="592" spans="1:8">
+      <c r="A592" t="s">
+        <v>2228</v>
+      </c>
+      <c r="B592" t="s">
+        <v>9</v>
+      </c>
+      <c r="C592" t="s">
+        <v>2229</v>
+      </c>
+      <c r="D592" t="s">
+        <v>805</v>
+      </c>
+      <c r="E592" t="s">
+        <v>806</v>
+      </c>
+      <c r="F592" t="s">
+        <v>188</v>
+      </c>
+      <c r="G592" s="1" t="s">
+        <v>2230</v>
+      </c>
+      <c r="H592" t="s">
+        <v>2231</v>
+      </c>
+    </row>
+    <row r="593" spans="1:8">
+      <c r="A593" t="s">
+        <v>2232</v>
+      </c>
+      <c r="B593" t="s">
+        <v>9</v>
+      </c>
+      <c r="C593" t="s">
+        <v>2233</v>
+      </c>
+      <c r="D593" t="s">
+        <v>805</v>
+      </c>
+      <c r="E593" t="s">
+        <v>806</v>
+      </c>
+      <c r="F593" t="s">
+        <v>171</v>
+      </c>
+      <c r="G593" s="1" t="s">
+        <v>2234</v>
+      </c>
+      <c r="H593" t="s">
+        <v>2235</v>
+      </c>
+    </row>
+    <row r="594" spans="1:8">
+      <c r="A594" t="s">
+        <v>2236</v>
+      </c>
+      <c r="B594" t="s">
+        <v>9</v>
+      </c>
+      <c r="C594" t="s">
+        <v>2237</v>
+      </c>
+      <c r="D594" t="s">
+        <v>805</v>
+      </c>
+      <c r="E594" t="s">
+        <v>806</v>
+      </c>
+      <c r="F594" t="s">
+        <v>820</v>
+      </c>
+      <c r="G594" s="1" t="s">
+        <v>2238</v>
+      </c>
+      <c r="H594" t="s">
+        <v>2239</v>
+      </c>
+    </row>
+    <row r="595" spans="1:8">
+      <c r="A595" t="s">
+        <v>2240</v>
+      </c>
+      <c r="B595" t="s">
+        <v>9</v>
+      </c>
+      <c r="C595" t="s">
+        <v>2241</v>
+      </c>
+      <c r="D595" t="s">
+        <v>805</v>
+      </c>
+      <c r="E595" t="s">
+        <v>806</v>
+      </c>
+      <c r="F595" t="s">
+        <v>2242</v>
+      </c>
+      <c r="G595" s="1" t="s">
+        <v>2243</v>
+      </c>
+      <c r="H595" t="s">
+        <v>2244</v>
+      </c>
+    </row>
+    <row r="596" spans="1:8">
+      <c r="A596" t="s">
+        <v>2245</v>
+      </c>
+      <c r="B596" t="s">
+        <v>9</v>
+      </c>
+      <c r="C596" t="s">
+        <v>2246</v>
+      </c>
+      <c r="D596" t="s">
+        <v>805</v>
+      </c>
+      <c r="E596" t="s">
+        <v>806</v>
+      </c>
+      <c r="F596" t="s">
+        <v>729</v>
+      </c>
+      <c r="G596" s="1" t="s">
+        <v>2247</v>
+      </c>
+      <c r="H596" t="s">
+        <v>2248</v>
+      </c>
+    </row>
+    <row r="597" spans="1:8">
+      <c r="A597" t="s">
+        <v>2249</v>
+      </c>
+      <c r="B597" t="s">
+        <v>9</v>
+      </c>
+      <c r="C597" t="s">
+        <v>2250</v>
+      </c>
+      <c r="D597" t="s">
+        <v>805</v>
+      </c>
+      <c r="E597" t="s">
+        <v>806</v>
+      </c>
+      <c r="F597" t="s">
+        <v>2251</v>
+      </c>
+      <c r="G597" s="1" t="s">
+        <v>2252</v>
+      </c>
+      <c r="H597" t="s">
+        <v>2253</v>
+      </c>
+    </row>
+    <row r="598" spans="1:8">
+      <c r="A598" t="s">
+        <v>2254</v>
+      </c>
+      <c r="B598" t="s">
+        <v>9</v>
+      </c>
+      <c r="C598" t="s">
+        <v>2255</v>
+      </c>
+      <c r="D598" t="s">
+        <v>805</v>
+      </c>
+      <c r="E598" t="s">
+        <v>806</v>
+      </c>
+      <c r="F598" t="s">
+        <v>188</v>
+      </c>
+      <c r="G598" s="1" t="s">
+        <v>2256</v>
+      </c>
+      <c r="H598" t="s">
+        <v>2257</v>
+      </c>
+    </row>
+    <row r="599" spans="1:8">
+      <c r="A599" t="s">
+        <v>2258</v>
+      </c>
+      <c r="B599" t="s">
+        <v>9</v>
+      </c>
+      <c r="C599" t="s">
+        <v>2259</v>
+      </c>
+      <c r="D599" t="s">
+        <v>805</v>
+      </c>
+      <c r="E599" t="s">
+        <v>806</v>
+      </c>
+      <c r="F599" t="s">
+        <v>853</v>
+      </c>
+      <c r="G599" s="1" t="s">
+        <v>2260</v>
+      </c>
+      <c r="H599" t="s">
+        <v>2261</v>
+      </c>
+    </row>
+    <row r="600" spans="1:8">
+      <c r="A600" t="s">
+        <v>2262</v>
+      </c>
+      <c r="B600" t="s">
+        <v>9</v>
+      </c>
+      <c r="C600" t="s">
+        <v>2263</v>
+      </c>
+      <c r="D600" t="s">
+        <v>805</v>
+      </c>
+      <c r="E600" t="s">
+        <v>806</v>
+      </c>
+      <c r="F600" t="s">
+        <v>834</v>
+      </c>
+      <c r="G600" s="1" t="s">
+        <v>2264</v>
+      </c>
+      <c r="H600" t="s">
+        <v>2265</v>
+      </c>
+    </row>
+    <row r="601" spans="1:8">
+      <c r="A601" t="s">
+        <v>2266</v>
+      </c>
+      <c r="B601" t="s">
+        <v>9</v>
+      </c>
+      <c r="C601" t="s">
+        <v>2267</v>
+      </c>
+      <c r="D601" t="s">
+        <v>805</v>
+      </c>
+      <c r="E601" t="s">
+        <v>806</v>
+      </c>
+      <c r="F601" t="s">
+        <v>834</v>
+      </c>
+      <c r="G601" s="1" t="s">
+        <v>2268</v>
+      </c>
+      <c r="H601" t="s">
+        <v>2269</v>
+      </c>
+    </row>
+    <row r="602" spans="1:8">
+      <c r="A602" t="s">
+        <v>2270</v>
+      </c>
+      <c r="B602" t="s">
+        <v>9</v>
+      </c>
+      <c r="C602" t="s">
+        <v>2271</v>
+      </c>
+      <c r="D602" t="s">
+        <v>805</v>
+      </c>
+      <c r="E602" t="s">
+        <v>806</v>
+      </c>
+      <c r="F602" t="s">
+        <v>929</v>
+      </c>
+      <c r="G602" s="1" t="s">
+        <v>2272</v>
+      </c>
+      <c r="H602" t="s">
+        <v>2273</v>
+      </c>
+    </row>
+    <row r="603" spans="1:8">
+      <c r="A603" t="s">
+        <v>2274</v>
+      </c>
+      <c r="B603" t="s">
+        <v>9</v>
+      </c>
+      <c r="C603" t="s">
+        <v>2275</v>
+      </c>
+      <c r="D603" t="s">
+        <v>805</v>
+      </c>
+      <c r="E603" t="s">
+        <v>806</v>
+      </c>
+      <c r="F603" t="s">
+        <v>171</v>
+      </c>
+      <c r="G603" s="1" t="s">
+        <v>2276</v>
+      </c>
+      <c r="H603" t="s">
+        <v>2277</v>
+      </c>
+    </row>
+    <row r="604" spans="1:8">
+      <c r="A604" t="s">
+        <v>2278</v>
+      </c>
+      <c r="B604" t="s">
+        <v>9</v>
+      </c>
+      <c r="C604" t="s">
+        <v>2279</v>
+      </c>
+      <c r="D604" t="s">
+        <v>805</v>
+      </c>
+      <c r="E604" t="s">
+        <v>806</v>
+      </c>
+      <c r="F604" t="s">
+        <v>813</v>
+      </c>
+      <c r="G604" s="1" t="s">
+        <v>2280</v>
+      </c>
+      <c r="H604" t="s">
+        <v>2281</v>
+      </c>
+    </row>
+    <row r="605" spans="1:8">
+      <c r="A605" t="s">
+        <v>2282</v>
+      </c>
+      <c r="B605" t="s">
+        <v>9</v>
+      </c>
+      <c r="C605" t="s">
+        <v>2283</v>
+      </c>
+      <c r="D605" t="s">
+        <v>805</v>
+      </c>
+      <c r="E605" t="s">
+        <v>806</v>
+      </c>
+      <c r="F605" t="s">
+        <v>813</v>
+      </c>
+      <c r="G605" s="1" t="s">
+        <v>2284</v>
+      </c>
+      <c r="H605" t="s">
+        <v>2285</v>
+      </c>
+    </row>
+    <row r="606" spans="1:8">
+      <c r="A606" t="s">
+        <v>2286</v>
+      </c>
+      <c r="B606" t="s">
+        <v>9</v>
+      </c>
+      <c r="C606" t="s">
+        <v>2287</v>
+      </c>
+      <c r="D606" t="s">
+        <v>805</v>
+      </c>
+      <c r="E606" t="s">
+        <v>806</v>
+      </c>
+      <c r="F606" t="s">
+        <v>813</v>
+      </c>
+      <c r="G606" s="1" t="s">
+        <v>2288</v>
+      </c>
+      <c r="H606" t="s">
+        <v>2289</v>
+      </c>
+    </row>
+    <row r="607" spans="1:8">
+      <c r="A607" t="s">
+        <v>2290</v>
+      </c>
+      <c r="B607" t="s">
+        <v>9</v>
+      </c>
+      <c r="C607" t="s">
+        <v>2291</v>
+      </c>
+      <c r="D607" t="s">
+        <v>805</v>
+      </c>
+      <c r="E607" t="s">
+        <v>806</v>
+      </c>
+      <c r="F607" t="s">
+        <v>834</v>
+      </c>
+      <c r="G607" s="1" t="s">
+        <v>2292</v>
+      </c>
+      <c r="H607" t="s">
+        <v>2293</v>
+      </c>
+    </row>
+    <row r="608" spans="1:8">
+      <c r="A608" t="s">
+        <v>2294</v>
+      </c>
+      <c r="B608" t="s">
+        <v>9</v>
+      </c>
+      <c r="C608" t="s">
+        <v>2295</v>
+      </c>
+      <c r="D608" t="s">
+        <v>805</v>
+      </c>
+      <c r="E608" t="s">
+        <v>806</v>
+      </c>
+      <c r="F608" t="s">
+        <v>124</v>
+      </c>
+      <c r="G608" s="1" t="s">
+        <v>2296</v>
+      </c>
+      <c r="H608" t="s">
+        <v>2297</v>
+      </c>
+    </row>
+    <row r="609" spans="1:8">
+      <c r="A609" t="s">
+        <v>2298</v>
+      </c>
+      <c r="B609" t="s">
+        <v>9</v>
+      </c>
+      <c r="C609" t="s">
+        <v>2299</v>
+      </c>
+      <c r="D609" t="s">
+        <v>805</v>
+      </c>
+      <c r="E609" t="s">
+        <v>806</v>
+      </c>
+      <c r="F609" t="s">
+        <v>729</v>
+      </c>
+      <c r="G609" s="1" t="s">
+        <v>2300</v>
+      </c>
+      <c r="H609" t="s">
+        <v>2301</v>
+      </c>
+    </row>
+    <row r="610" spans="1:8">
+      <c r="A610" t="s">
+        <v>2302</v>
+      </c>
+      <c r="B610" t="s">
+        <v>9</v>
+      </c>
+      <c r="C610" t="s">
+        <v>2303</v>
+      </c>
+      <c r="D610" t="s">
+        <v>805</v>
+      </c>
+      <c r="E610" t="s">
+        <v>806</v>
+      </c>
+      <c r="F610" t="s">
+        <v>106</v>
+      </c>
+      <c r="G610" s="1" t="s">
+        <v>2304</v>
+      </c>
+      <c r="H610" t="s">
+        <v>2305</v>
+      </c>
+    </row>
+    <row r="611" spans="1:8">
+      <c r="A611" t="s">
+        <v>2306</v>
+      </c>
+      <c r="B611" t="s">
+        <v>9</v>
+      </c>
+      <c r="C611" t="s">
+        <v>2307</v>
+      </c>
+      <c r="D611" t="s">
+        <v>805</v>
+      </c>
+      <c r="E611" t="s">
+        <v>806</v>
+      </c>
+      <c r="F611" t="s">
+        <v>853</v>
+      </c>
+      <c r="G611" s="1" t="s">
+        <v>2308</v>
+      </c>
+      <c r="H611" t="s">
+        <v>2309</v>
+      </c>
+    </row>
+    <row r="612" spans="1:8">
+      <c r="A612" t="s">
+        <v>2310</v>
+      </c>
+      <c r="B612" t="s">
+        <v>9</v>
+      </c>
+      <c r="C612" t="s">
+        <v>2311</v>
+      </c>
+      <c r="D612" t="s">
+        <v>805</v>
+      </c>
+      <c r="E612" t="s">
+        <v>806</v>
+      </c>
+      <c r="F612" t="s">
+        <v>2312</v>
+      </c>
+      <c r="G612" s="1" t="s">
+        <v>2313</v>
+      </c>
+      <c r="H612" t="s">
+        <v>2314</v>
+      </c>
+    </row>
+    <row r="613" spans="1:8">
+      <c r="A613" t="s">
+        <v>2315</v>
+      </c>
+      <c r="B613" t="s">
+        <v>9</v>
+      </c>
+      <c r="C613" t="s">
+        <v>2316</v>
+      </c>
+      <c r="D613" t="s">
+        <v>805</v>
+      </c>
+      <c r="E613" t="s">
+        <v>806</v>
+      </c>
+      <c r="F613" t="s">
+        <v>2317</v>
+      </c>
+      <c r="G613" s="1" t="s">
+        <v>2318</v>
+      </c>
+      <c r="H613" t="s">
+        <v>2319</v>
+      </c>
+    </row>
+    <row r="614" spans="1:8">
+      <c r="A614" t="s">
+        <v>2320</v>
+      </c>
+      <c r="B614" t="s">
+        <v>9</v>
+      </c>
+      <c r="C614" t="s">
+        <v>2321</v>
+      </c>
+      <c r="D614" t="s">
+        <v>805</v>
+      </c>
+      <c r="E614" t="s">
+        <v>806</v>
+      </c>
+      <c r="F614" t="s">
+        <v>872</v>
+      </c>
+      <c r="G614" s="1" t="s">
+        <v>2322</v>
+      </c>
+      <c r="H614" t="s">
+        <v>2323</v>
+      </c>
+    </row>
+    <row r="615" spans="1:8">
+      <c r="A615" t="s">
+        <v>2324</v>
+      </c>
+      <c r="B615" t="s">
+        <v>9</v>
+      </c>
+      <c r="C615" t="s">
+        <v>2325</v>
+      </c>
+      <c r="D615" t="s">
+        <v>805</v>
+      </c>
+      <c r="E615" t="s">
+        <v>806</v>
+      </c>
+      <c r="F615" t="s">
+        <v>929</v>
+      </c>
+      <c r="G615" s="1" t="s">
+        <v>2326</v>
+      </c>
+      <c r="H615" t="s">
+        <v>2327</v>
+      </c>
+    </row>
+    <row r="616" spans="1:8">
+      <c r="A616" t="s">
+        <v>2328</v>
+      </c>
+      <c r="B616" t="s">
+        <v>9</v>
+      </c>
+      <c r="C616" t="s">
+        <v>2329</v>
+      </c>
+      <c r="D616" t="s">
+        <v>805</v>
+      </c>
+      <c r="E616" t="s">
+        <v>806</v>
+      </c>
+      <c r="F616" t="s">
+        <v>124</v>
+      </c>
+      <c r="G616" s="1" t="s">
+        <v>2330</v>
+      </c>
+      <c r="H616" t="s">
+        <v>2331</v>
+      </c>
+    </row>
+    <row r="617" spans="1:8">
+      <c r="A617" t="s">
+        <v>2332</v>
+      </c>
+      <c r="B617" t="s">
+        <v>9</v>
+      </c>
+      <c r="C617" t="s">
+        <v>2333</v>
+      </c>
+      <c r="D617" t="s">
+        <v>805</v>
+      </c>
+      <c r="E617" t="s">
+        <v>806</v>
+      </c>
+      <c r="F617" t="s">
+        <v>1001</v>
+      </c>
+      <c r="G617" s="1" t="s">
+        <v>2334</v>
+      </c>
+      <c r="H617" t="s">
+        <v>2335</v>
+      </c>
+    </row>
+    <row r="618" spans="1:8">
+      <c r="A618" t="s">
+        <v>2336</v>
+      </c>
+      <c r="B618" t="s">
+        <v>9</v>
+      </c>
+      <c r="C618" t="s">
+        <v>2337</v>
+      </c>
+      <c r="D618" t="s">
+        <v>805</v>
+      </c>
+      <c r="E618" t="s">
+        <v>806</v>
+      </c>
+      <c r="F618" t="s">
+        <v>188</v>
+      </c>
+      <c r="G618" s="1" t="s">
+        <v>2338</v>
+      </c>
+      <c r="H618" t="s">
+        <v>2339</v>
+      </c>
+    </row>
+    <row r="619" spans="1:8">
+      <c r="A619" t="s">
+        <v>2340</v>
+      </c>
+      <c r="B619" t="s">
+        <v>9</v>
+      </c>
+      <c r="C619" t="s">
+        <v>2341</v>
+      </c>
+      <c r="D619" t="s">
+        <v>805</v>
+      </c>
+      <c r="E619" t="s">
+        <v>806</v>
+      </c>
+      <c r="F619" t="s">
+        <v>171</v>
+      </c>
+      <c r="G619" s="1" t="s">
+        <v>2342</v>
+      </c>
+      <c r="H619" t="s">
+        <v>2343</v>
+      </c>
+    </row>
+    <row r="620" spans="1:8">
+      <c r="A620" t="s">
+        <v>2344</v>
+      </c>
+      <c r="B620" t="s">
+        <v>9</v>
+      </c>
+      <c r="C620" t="s">
+        <v>2345</v>
+      </c>
+      <c r="D620" t="s">
+        <v>805</v>
+      </c>
+      <c r="E620" t="s">
+        <v>806</v>
+      </c>
+      <c r="F620" t="s">
+        <v>813</v>
+      </c>
+      <c r="G620" s="1" t="s">
+        <v>2346</v>
+      </c>
+      <c r="H620" t="s">
+        <v>2347</v>
+      </c>
+    </row>
+    <row r="621" spans="1:8">
+      <c r="A621" t="s">
+        <v>2348</v>
+      </c>
+      <c r="B621" t="s">
+        <v>9</v>
+      </c>
+      <c r="C621" t="s">
+        <v>2349</v>
+      </c>
+      <c r="D621" t="s">
+        <v>805</v>
+      </c>
+      <c r="E621" t="s">
+        <v>806</v>
+      </c>
+      <c r="F621" t="s">
+        <v>813</v>
+      </c>
+      <c r="G621" s="1" t="s">
+        <v>2350</v>
+      </c>
+      <c r="H621" t="s">
+        <v>2351</v>
+      </c>
+    </row>
+    <row r="622" spans="1:8">
+      <c r="A622" t="s">
+        <v>2352</v>
+      </c>
+      <c r="B622" t="s">
+        <v>9</v>
+      </c>
+      <c r="C622" t="s">
+        <v>2353</v>
+      </c>
+      <c r="D622" t="s">
+        <v>805</v>
+      </c>
+      <c r="E622" t="s">
+        <v>806</v>
+      </c>
+      <c r="F622" t="s">
+        <v>188</v>
+      </c>
+      <c r="G622" s="1" t="s">
+        <v>2354</v>
+      </c>
+      <c r="H622" t="s">
+        <v>2355</v>
+      </c>
+    </row>
+    <row r="623" spans="1:8">
+      <c r="A623" t="s">
+        <v>2356</v>
+      </c>
+      <c r="B623" t="s">
+        <v>9</v>
+      </c>
+      <c r="C623" t="s">
+        <v>2357</v>
+      </c>
+      <c r="D623" t="s">
+        <v>805</v>
+      </c>
+      <c r="E623" t="s">
+        <v>806</v>
+      </c>
+      <c r="F623" t="s">
+        <v>188</v>
+      </c>
+      <c r="G623" s="1" t="s">
+        <v>2358</v>
+      </c>
+      <c r="H623" t="s">
+        <v>2359</v>
+      </c>
+    </row>
+    <row r="624" spans="1:8">
+      <c r="A624" t="s">
+        <v>2360</v>
+      </c>
+      <c r="B624" t="s">
+        <v>9</v>
+      </c>
+      <c r="C624" t="s">
+        <v>2361</v>
+      </c>
+      <c r="D624" t="s">
+        <v>805</v>
+      </c>
+      <c r="E624" t="s">
+        <v>806</v>
+      </c>
+      <c r="F624" t="s">
+        <v>124</v>
+      </c>
+      <c r="G624" s="1" t="s">
+        <v>2362</v>
+      </c>
+      <c r="H624" t="s">
+        <v>2363</v>
+      </c>
+    </row>
+    <row r="625" spans="1:8">
+      <c r="A625" t="s">
+        <v>2364</v>
+      </c>
+      <c r="B625" t="s">
+        <v>9</v>
+      </c>
+      <c r="C625" t="s">
+        <v>2365</v>
+      </c>
+      <c r="D625" t="s">
+        <v>805</v>
+      </c>
+      <c r="E625" t="s">
+        <v>806</v>
+      </c>
+      <c r="F625" t="s">
+        <v>171</v>
+      </c>
+      <c r="G625" s="1" t="s">
+        <v>2366</v>
+      </c>
+      <c r="H625" t="s">
+        <v>2367</v>
+      </c>
+    </row>
+    <row r="626" spans="1:8">
+      <c r="A626" t="s">
+        <v>2368</v>
+      </c>
+      <c r="B626" t="s">
+        <v>9</v>
+      </c>
+      <c r="C626" t="s">
+        <v>62</v>
+      </c>
+      <c r="D626" t="s">
+        <v>2369</v>
+      </c>
+      <c r="E626" t="s">
+        <v>2370</v>
+      </c>
+      <c r="F626" t="s">
+        <v>171</v>
+      </c>
+      <c r="G626" s="1" t="s">
+        <v>2371</v>
+      </c>
+      <c r="H626" t="s">
+        <v>2372</v>
+      </c>
+    </row>
+    <row r="627" spans="1:8">
+      <c r="A627" t="s">
+        <v>2373</v>
+      </c>
+      <c r="B627" t="s">
+        <v>9</v>
+      </c>
+      <c r="C627" t="s">
+        <v>68</v>
+      </c>
+      <c r="D627" t="s">
+        <v>2369</v>
+      </c>
+      <c r="E627" t="s">
+        <v>2370</v>
+      </c>
+      <c r="F627" t="s">
+        <v>171</v>
+      </c>
+      <c r="G627" s="1" t="s">
+        <v>2374</v>
+      </c>
+      <c r="H627" t="s">
+        <v>2375</v>
+      </c>
+    </row>
+    <row r="628" spans="1:8">
+      <c r="A628" t="s">
+        <v>2376</v>
+      </c>
+      <c r="B628" t="s">
+        <v>9</v>
+      </c>
+      <c r="C628" t="s">
+        <v>72</v>
+      </c>
+      <c r="D628" t="s">
+        <v>2369</v>
+      </c>
+      <c r="E628" t="s">
+        <v>2370</v>
+      </c>
+      <c r="F628" t="s">
+        <v>171</v>
+      </c>
+      <c r="G628" s="1" t="s">
+        <v>2377</v>
+      </c>
+      <c r="H628" t="s">
+        <v>2378</v>
+      </c>
+    </row>
+    <row r="629" spans="1:8">
+      <c r="A629" t="s">
+        <v>2379</v>
+      </c>
+      <c r="B629" t="s">
+        <v>9</v>
+      </c>
+      <c r="C629" t="s">
+        <v>22</v>
+      </c>
+      <c r="D629" t="s">
+        <v>2369</v>
+      </c>
+      <c r="E629" t="s">
+        <v>2370</v>
+      </c>
+      <c r="F629" t="s">
+        <v>188</v>
+      </c>
+      <c r="G629" s="1" t="s">
+        <v>2380</v>
+      </c>
+      <c r="H629" t="s">
+        <v>2381</v>
+      </c>
+    </row>
+    <row r="630" spans="1:8">
+      <c r="A630" t="s">
+        <v>2382</v>
+      </c>
+      <c r="B630" t="s">
+        <v>9</v>
+      </c>
+      <c r="C630" t="s">
+        <v>29</v>
+      </c>
+      <c r="D630" t="s">
+        <v>2369</v>
+      </c>
+      <c r="E630" t="s">
+        <v>2370</v>
+      </c>
+      <c r="F630" t="s">
+        <v>868</v>
+      </c>
+      <c r="G630" s="1" t="s">
+        <v>2383</v>
+      </c>
+      <c r="H630" t="s">
+        <v>2384</v>
+      </c>
+    </row>
+    <row r="631" spans="1:8">
+      <c r="A631" t="s">
+        <v>2385</v>
+      </c>
+      <c r="B631" t="s">
+        <v>9</v>
+      </c>
+      <c r="C631" t="s">
+        <v>34</v>
+      </c>
+      <c r="D631" t="s">
+        <v>2369</v>
+      </c>
+      <c r="E631" t="s">
+        <v>2370</v>
+      </c>
+      <c r="F631" t="s">
+        <v>171</v>
+      </c>
+      <c r="G631" s="1" t="s">
+        <v>2386</v>
+      </c>
+      <c r="H631" t="s">
+        <v>2387</v>
+      </c>
+    </row>
+    <row r="632" spans="1:8">
+      <c r="A632" t="s">
+        <v>2388</v>
+      </c>
+      <c r="B632" t="s">
+        <v>9</v>
+      </c>
+      <c r="C632" t="s">
+        <v>38</v>
+      </c>
+      <c r="D632" t="s">
+        <v>2369</v>
+      </c>
+      <c r="E632" t="s">
+        <v>2370</v>
+      </c>
+      <c r="F632" t="s">
+        <v>171</v>
+      </c>
+      <c r="G632" s="1" t="s">
+        <v>2389</v>
+      </c>
+      <c r="H632" t="s">
+        <v>2390</v>
+      </c>
+    </row>
+    <row r="633" spans="1:8">
+      <c r="A633" t="s">
+        <v>2391</v>
+      </c>
+      <c r="B633" t="s">
+        <v>9</v>
+      </c>
+      <c r="C633" t="s">
+        <v>62</v>
+      </c>
+      <c r="D633" t="s">
+        <v>2392</v>
+      </c>
+      <c r="E633" t="s">
+        <v>2393</v>
+      </c>
+      <c r="F633" t="s">
+        <v>30</v>
+      </c>
+      <c r="G633" s="1" t="s">
+        <v>2394</v>
+      </c>
+      <c r="H633" t="s">
+        <v>2395</v>
+      </c>
+    </row>
+    <row r="634" spans="1:8">
+      <c r="A634" t="s">
+        <v>2396</v>
+      </c>
+      <c r="B634" t="s">
+        <v>9</v>
+      </c>
+      <c r="C634" t="s">
+        <v>68</v>
+      </c>
+      <c r="D634" t="s">
+        <v>2392</v>
+      </c>
+      <c r="E634" t="s">
+        <v>2393</v>
+      </c>
+      <c r="F634" t="s">
+        <v>30</v>
+      </c>
+      <c r="G634" s="1" t="s">
+        <v>2397</v>
+      </c>
+      <c r="H634" t="s">
+        <v>2398</v>
+      </c>
+    </row>
+    <row r="635" spans="1:8">
+      <c r="A635" t="s">
+        <v>2399</v>
+      </c>
+      <c r="B635" t="s">
+        <v>9</v>
+      </c>
+      <c r="C635" t="s">
+        <v>62</v>
+      </c>
+      <c r="D635" t="s">
+        <v>2400</v>
+      </c>
+      <c r="E635" t="s">
+        <v>2401</v>
+      </c>
+      <c r="F635" t="s">
+        <v>296</v>
+      </c>
+      <c r="G635" s="1" t="s">
+        <v>2402</v>
+      </c>
+      <c r="H635" t="s">
+        <v>2403</v>
+      </c>
+    </row>
+    <row r="636" spans="1:8">
+      <c r="A636" t="s">
+        <v>2404</v>
+      </c>
+      <c r="B636" t="s">
+        <v>9</v>
+      </c>
+      <c r="C636" t="s">
+        <v>68</v>
+      </c>
+      <c r="D636" t="s">
+        <v>2400</v>
+      </c>
+      <c r="E636" t="s">
+        <v>2401</v>
+      </c>
+      <c r="F636" t="s">
+        <v>296</v>
+      </c>
+      <c r="G636" s="1" t="s">
+        <v>2405</v>
+      </c>
+      <c r="H636" t="s">
+        <v>2406</v>
+      </c>
+    </row>
+    <row r="637" spans="1:8">
+      <c r="A637" t="s">
+        <v>2407</v>
+      </c>
+      <c r="B637" t="s">
+        <v>9</v>
+      </c>
+      <c r="C637" t="s">
+        <v>72</v>
+      </c>
+      <c r="D637" t="s">
+        <v>2400</v>
+      </c>
+      <c r="E637" t="s">
+        <v>2401</v>
+      </c>
+      <c r="F637" t="s">
+        <v>296</v>
+      </c>
+      <c r="G637" s="1" t="s">
+        <v>2408</v>
+      </c>
+      <c r="H637" t="s">
+        <v>2409</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -21341,50 +25549,159 @@
     <hyperlink ref="G504" r:id="rId503"/>
     <hyperlink ref="G505" r:id="rId504"/>
     <hyperlink ref="G506" r:id="rId505"/>
     <hyperlink ref="G507" r:id="rId506"/>
     <hyperlink ref="G508" r:id="rId507"/>
     <hyperlink ref="G509" r:id="rId508"/>
     <hyperlink ref="G510" r:id="rId509"/>
     <hyperlink ref="G511" r:id="rId510"/>
     <hyperlink ref="G512" r:id="rId511"/>
     <hyperlink ref="G513" r:id="rId512"/>
     <hyperlink ref="G514" r:id="rId513"/>
     <hyperlink ref="G515" r:id="rId514"/>
     <hyperlink ref="G516" r:id="rId515"/>
     <hyperlink ref="G517" r:id="rId516"/>
     <hyperlink ref="G518" r:id="rId517"/>
     <hyperlink ref="G519" r:id="rId518"/>
     <hyperlink ref="G520" r:id="rId519"/>
     <hyperlink ref="G521" r:id="rId520"/>
     <hyperlink ref="G522" r:id="rId521"/>
     <hyperlink ref="G523" r:id="rId522"/>
     <hyperlink ref="G524" r:id="rId523"/>
     <hyperlink ref="G525" r:id="rId524"/>
     <hyperlink ref="G526" r:id="rId525"/>
     <hyperlink ref="G527" r:id="rId526"/>
     <hyperlink ref="G528" r:id="rId527"/>
+    <hyperlink ref="G529" r:id="rId528"/>
+    <hyperlink ref="G530" r:id="rId529"/>
+    <hyperlink ref="G531" r:id="rId530"/>
+    <hyperlink ref="G532" r:id="rId531"/>
+    <hyperlink ref="G533" r:id="rId532"/>
+    <hyperlink ref="G534" r:id="rId533"/>
+    <hyperlink ref="G535" r:id="rId534"/>
+    <hyperlink ref="G536" r:id="rId535"/>
+    <hyperlink ref="G537" r:id="rId536"/>
+    <hyperlink ref="G538" r:id="rId537"/>
+    <hyperlink ref="G539" r:id="rId538"/>
+    <hyperlink ref="G540" r:id="rId539"/>
+    <hyperlink ref="G541" r:id="rId540"/>
+    <hyperlink ref="G542" r:id="rId541"/>
+    <hyperlink ref="G543" r:id="rId542"/>
+    <hyperlink ref="G544" r:id="rId543"/>
+    <hyperlink ref="G545" r:id="rId544"/>
+    <hyperlink ref="G546" r:id="rId545"/>
+    <hyperlink ref="G547" r:id="rId546"/>
+    <hyperlink ref="G548" r:id="rId547"/>
+    <hyperlink ref="G549" r:id="rId548"/>
+    <hyperlink ref="G550" r:id="rId549"/>
+    <hyperlink ref="G551" r:id="rId550"/>
+    <hyperlink ref="G552" r:id="rId551"/>
+    <hyperlink ref="G553" r:id="rId552"/>
+    <hyperlink ref="G554" r:id="rId553"/>
+    <hyperlink ref="G555" r:id="rId554"/>
+    <hyperlink ref="G556" r:id="rId555"/>
+    <hyperlink ref="G557" r:id="rId556"/>
+    <hyperlink ref="G558" r:id="rId557"/>
+    <hyperlink ref="G559" r:id="rId558"/>
+    <hyperlink ref="G560" r:id="rId559"/>
+    <hyperlink ref="G561" r:id="rId560"/>
+    <hyperlink ref="G562" r:id="rId561"/>
+    <hyperlink ref="G563" r:id="rId562"/>
+    <hyperlink ref="G564" r:id="rId563"/>
+    <hyperlink ref="G565" r:id="rId564"/>
+    <hyperlink ref="G566" r:id="rId565"/>
+    <hyperlink ref="G567" r:id="rId566"/>
+    <hyperlink ref="G568" r:id="rId567"/>
+    <hyperlink ref="G569" r:id="rId568"/>
+    <hyperlink ref="G570" r:id="rId569"/>
+    <hyperlink ref="G571" r:id="rId570"/>
+    <hyperlink ref="G572" r:id="rId571"/>
+    <hyperlink ref="G573" r:id="rId572"/>
+    <hyperlink ref="G574" r:id="rId573"/>
+    <hyperlink ref="G575" r:id="rId574"/>
+    <hyperlink ref="G576" r:id="rId575"/>
+    <hyperlink ref="G577" r:id="rId576"/>
+    <hyperlink ref="G578" r:id="rId577"/>
+    <hyperlink ref="G579" r:id="rId578"/>
+    <hyperlink ref="G580" r:id="rId579"/>
+    <hyperlink ref="G581" r:id="rId580"/>
+    <hyperlink ref="G582" r:id="rId581"/>
+    <hyperlink ref="G583" r:id="rId582"/>
+    <hyperlink ref="G584" r:id="rId583"/>
+    <hyperlink ref="G585" r:id="rId584"/>
+    <hyperlink ref="G586" r:id="rId585"/>
+    <hyperlink ref="G587" r:id="rId586"/>
+    <hyperlink ref="G588" r:id="rId587"/>
+    <hyperlink ref="G589" r:id="rId588"/>
+    <hyperlink ref="G590" r:id="rId589"/>
+    <hyperlink ref="G591" r:id="rId590"/>
+    <hyperlink ref="G592" r:id="rId591"/>
+    <hyperlink ref="G593" r:id="rId592"/>
+    <hyperlink ref="G594" r:id="rId593"/>
+    <hyperlink ref="G595" r:id="rId594"/>
+    <hyperlink ref="G596" r:id="rId595"/>
+    <hyperlink ref="G597" r:id="rId596"/>
+    <hyperlink ref="G598" r:id="rId597"/>
+    <hyperlink ref="G599" r:id="rId598"/>
+    <hyperlink ref="G600" r:id="rId599"/>
+    <hyperlink ref="G601" r:id="rId600"/>
+    <hyperlink ref="G602" r:id="rId601"/>
+    <hyperlink ref="G603" r:id="rId602"/>
+    <hyperlink ref="G604" r:id="rId603"/>
+    <hyperlink ref="G605" r:id="rId604"/>
+    <hyperlink ref="G606" r:id="rId605"/>
+    <hyperlink ref="G607" r:id="rId606"/>
+    <hyperlink ref="G608" r:id="rId607"/>
+    <hyperlink ref="G609" r:id="rId608"/>
+    <hyperlink ref="G610" r:id="rId609"/>
+    <hyperlink ref="G611" r:id="rId610"/>
+    <hyperlink ref="G612" r:id="rId611"/>
+    <hyperlink ref="G613" r:id="rId612"/>
+    <hyperlink ref="G614" r:id="rId613"/>
+    <hyperlink ref="G615" r:id="rId614"/>
+    <hyperlink ref="G616" r:id="rId615"/>
+    <hyperlink ref="G617" r:id="rId616"/>
+    <hyperlink ref="G618" r:id="rId617"/>
+    <hyperlink ref="G619" r:id="rId618"/>
+    <hyperlink ref="G620" r:id="rId619"/>
+    <hyperlink ref="G621" r:id="rId620"/>
+    <hyperlink ref="G622" r:id="rId621"/>
+    <hyperlink ref="G623" r:id="rId622"/>
+    <hyperlink ref="G624" r:id="rId623"/>
+    <hyperlink ref="G625" r:id="rId624"/>
+    <hyperlink ref="G626" r:id="rId625"/>
+    <hyperlink ref="G627" r:id="rId626"/>
+    <hyperlink ref="G628" r:id="rId627"/>
+    <hyperlink ref="G629" r:id="rId628"/>
+    <hyperlink ref="G630" r:id="rId629"/>
+    <hyperlink ref="G631" r:id="rId630"/>
+    <hyperlink ref="G632" r:id="rId631"/>
+    <hyperlink ref="G633" r:id="rId632"/>
+    <hyperlink ref="G634" r:id="rId633"/>
+    <hyperlink ref="G635" r:id="rId634"/>
+    <hyperlink ref="G636" r:id="rId635"/>
+    <hyperlink ref="G637" r:id="rId636"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>